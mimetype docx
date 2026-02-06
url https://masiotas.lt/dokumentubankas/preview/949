--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -1,7480 +1,6050 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="183F279E" w14:textId="2BB89A07" w:rsidR="00541154" w:rsidRDefault="00541154" w:rsidP="6318FC57">
-[...1291 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00554761" w:rsidRPr="00554761" w14:paraId="33AE43D6" w14:textId="77777777" w:rsidTr="00554761">
+      <w:tr w:rsidR="001A2CEF" w:rsidRPr="001A2CEF" w14:paraId="33AE43D6" w14:textId="77777777" w:rsidTr="00554761">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Lentelstinklelis"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5760"/>
               <w:gridCol w:w="3512"/>
             </w:tblGrid>
-            <w:tr w:rsidR="004A175E" w14:paraId="7E7D6D7F" w14:textId="77777777" w:rsidTr="004A175E">
+            <w:tr w:rsidR="001A2CEF" w:rsidRPr="001A2CEF" w14:paraId="7E7D6D7F" w14:textId="77777777" w:rsidTr="004A175E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5760" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="224284D0" w14:textId="77777777" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="224284D0" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3512" w:type="dxa"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="6CEDEBD6" w14:textId="77777777" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="6CEDEBD6" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>PATVIRTINTA</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004A175E" w14:paraId="14E660C4" w14:textId="77777777" w:rsidTr="004A175E">
+            <w:tr w:rsidR="001A2CEF" w:rsidRPr="001A2CEF" w14:paraId="14E660C4" w14:textId="77777777" w:rsidTr="004A175E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5760" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2CDE8B9C" w14:textId="77777777" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="2CDE8B9C" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3512" w:type="dxa"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="709EBDDB" w14:textId="7AC320F1" w:rsidR="004A175E" w:rsidRDefault="008B76FC" w:rsidP="004A175E">
+                <w:p w14:paraId="709EBDDB" w14:textId="7AC320F1" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="008B76FC" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:highlight w:val="darkGreen"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Klaipėdos Prano Mašioto progimnazijos</w:t>
                   </w:r>
-                  <w:r w:rsidR="004A175E">
+                  <w:r w:rsidR="004A175E" w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> direktoriaus</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004A175E" w14:paraId="28DE430D" w14:textId="77777777" w:rsidTr="004A175E">
+            <w:tr w:rsidR="001A2CEF" w:rsidRPr="001A2CEF" w14:paraId="28DE430D" w14:textId="77777777" w:rsidTr="004A175E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5760" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="651AE963" w14:textId="77777777" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="651AE963" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3512" w:type="dxa"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="54785EEB" w14:textId="3874B5A7" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="54785EEB" w14:textId="18AF6960" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>20</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidR="0010424D">
+                  <w:r w:rsidR="00525300">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>3</w:t>
+                    <w:t>5</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> m</w:t>
                   </w:r>
-                  <w:r w:rsidR="008B76FC">
+                  <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">. gruodžio </w:t>
+                    <w:t xml:space="preserve">. </w:t>
                   </w:r>
-                  <w:r w:rsidR="0010424D">
+                  <w:r w:rsidR="00525300">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>6</w:t>
+                    <w:t>spalio</w:t>
                   </w:r>
-                  <w:r w:rsidR="008B76FC">
+                  <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidR="00525300">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>14</w:t>
+                  </w:r>
+                  <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>d.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004A175E" w14:paraId="5041FFC4" w14:textId="77777777" w:rsidTr="004A175E">
+            <w:tr w:rsidR="001A2CEF" w:rsidRPr="001A2CEF" w14:paraId="5041FFC4" w14:textId="77777777" w:rsidTr="004A175E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5760" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="71BF0FDA" w14:textId="77777777" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="71BF0FDA" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3512" w:type="dxa"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="49D01EFF" w14:textId="71CEE4B9" w:rsidR="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+                <w:p w14:paraId="49D01EFF" w14:textId="6CCB3C11" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
                   <w:pPr>
                     <w:spacing w:line="276" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>įsakymu Nr.</w:t>
                   </w:r>
-                  <w:r w:rsidR="008B76FC">
+                  <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>V-</w:t>
                   </w:r>
-                  <w:r w:rsidR="0010424D">
+                  <w:r w:rsidR="00525300">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>111</w:t>
-[...7 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t>59</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="590F1BE7" w14:textId="77777777" w:rsidR="00554761" w:rsidRPr="00554761" w:rsidRDefault="00554761">
+          <w:p w14:paraId="590F1BE7" w14:textId="77777777" w:rsidR="00554761" w:rsidRPr="001A2CEF" w:rsidRDefault="00554761">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="636ECABE" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="00711E7F" w:rsidRDefault="00A9449E"/>
-    <w:p w14:paraId="07CE8BFE" w14:textId="25273C4A" w:rsidR="003E52FF" w:rsidRDefault="008B76FC" w:rsidP="004A175E">
+    <w:p w14:paraId="636ECABE" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="001A2CEF" w:rsidRDefault="00A9449E"/>
+    <w:p w14:paraId="07CE8BFE" w14:textId="25273C4A" w:rsidR="003E52FF" w:rsidRPr="001A2CEF" w:rsidRDefault="008B76FC" w:rsidP="004A175E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">KLAIPĖDOS PRANO MAŠIOTO PROGIMNAZIJOS </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00711E7F">
+        <w:t>KLAIPĖDOS PRANO MAŠIOTO PROGIMNAZIJOS VAIZDO DUOMENŲ TVARKYMO TAISYKLĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59ED385C" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="001A2CEF" w:rsidRDefault="004A175E" w:rsidP="004A175E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>VAIZDO DUOMENŲ TVARKYMO TAISYKLĖS</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="59ED385C" w14:textId="77777777" w:rsidR="004A175E" w:rsidRPr="004A175E" w:rsidRDefault="004A175E" w:rsidP="004A175E">
-[...12 lines deleted...]
-    <w:p w14:paraId="636ECAC1" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="00711E7F" w:rsidRDefault="00A9449E" w:rsidP="004A175E">
+    <w:p w14:paraId="636ECAC1" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="001A2CEF" w:rsidRDefault="00A9449E" w:rsidP="004A175E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I SKYRIUS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAC2" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="00711E7F" w:rsidRDefault="00A9449E" w:rsidP="00A9449E">
+    <w:p w14:paraId="636ECAC2" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="001A2CEF" w:rsidRDefault="00A9449E" w:rsidP="00A9449E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAC3" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="00711E7F" w:rsidRDefault="00A9449E" w:rsidP="00A9449E">
+    <w:p w14:paraId="636ECAC3" w14:textId="77777777" w:rsidR="00A9449E" w:rsidRPr="001A2CEF" w:rsidRDefault="00A9449E" w:rsidP="00A9449E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636ECAC5" w14:textId="111CFA84" w:rsidR="00AB20FE" w:rsidRPr="00711E7F" w:rsidRDefault="5FEB1C04" w:rsidP="004946AD">
+    <w:p w14:paraId="636ECAC5" w14:textId="111CFA84" w:rsidR="00AB20FE" w:rsidRPr="001A2CEF" w:rsidRDefault="5FEB1C04" w:rsidP="004946AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Vaizdo duomenų tvarkymo taisyklės (toliau – Taisyklės) nustato </w:t>
       </w:r>
-      <w:r w:rsidR="4C82AC57" w:rsidRPr="07381A82">
+      <w:r w:rsidR="4C82AC57" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaigos pavadinimas</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="07381A82">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (toliau - </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E">
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="07381A82">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vidaus patalpų, lauko teritorijos stebėjimo, vaizdo įrašymo, saugojimo ir naudojimo tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAC6" w14:textId="1E7A4409" w:rsidR="00A9449E" w:rsidRPr="00711E7F" w:rsidRDefault="5FEB1C04" w:rsidP="004946AD">
+    <w:p w14:paraId="636ECAC6" w14:textId="1E7A4409" w:rsidR="00A9449E" w:rsidRPr="001A2CEF" w:rsidRDefault="5FEB1C04" w:rsidP="004946AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Taisyklės parengtos užtikrinant 2016 m. balandžio 27 d. Europos Parlamento ir Tarybos reglamento (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo ir kuriuo panaikinama Direktyva 95/46/EB (toliau – Reglamentas (ES) 2016/679), Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymo (toliau – ADTAĮ), kitų įstatymų ir teisės aktų, reglamentuojančių asmens duomenų tvarkymą nuostatų įgyvendinimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1610D67B" w14:textId="1FE8F95A" w:rsidR="003E52FF" w:rsidRPr="00E749A9" w:rsidRDefault="517C4801" w:rsidP="00E749A9">
+    <w:p w14:paraId="1610D67B" w14:textId="1FE8F95A" w:rsidR="003E52FF" w:rsidRPr="001A2CEF" w:rsidRDefault="517C4801" w:rsidP="00E749A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Pagrindinės šiose Taisyklėse vartojamos sąvokos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECACD" w14:textId="338854DA" w:rsidR="00AB20FE" w:rsidRPr="00E749A9" w:rsidRDefault="003E52FF" w:rsidP="00E749A9">
+    <w:p w14:paraId="636ECACD" w14:textId="338854DA" w:rsidR="00AB20FE" w:rsidRPr="001A2CEF" w:rsidRDefault="003E52FF" w:rsidP="00E749A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E749A9">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB20FE" w:rsidRPr="00E749A9">
+      <w:r w:rsidR="00AB20FE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E749A9">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - fizinis asmuo, įsipareigojęs atlygintinai atlikti darbo funkciją pagal darbo sutartį su darbdaviu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102BF867" w14:textId="1D294493" w:rsidR="00E749A9" w:rsidRPr="00E749A9" w:rsidRDefault="00E749A9" w:rsidP="00E749A9">
+    <w:p w14:paraId="102BF867" w14:textId="1D294493" w:rsidR="00E749A9" w:rsidRPr="001A2CEF" w:rsidRDefault="00E749A9" w:rsidP="00E749A9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E749A9">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų subjektas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> reiškia fizinį asmenį, kurio Vaizdo duomenis </w:t>
-[...143 lines deleted...]
-        <w:t>) taip pat kiti asmenys, kurie apsilanko stebimoje teritorijoje;</w:t>
+        <w:t xml:space="preserve"> reiškia fizinį asmenį, kurio Vaizdo duomenis Įstaiga tvarko, vykdydama Vaizdo stebėjimą. Duomenų subjektu yra Įstaigos Darbuotojas (taip pat potencialus), moksleiviai, tėvai (globėjai), paslaugų tiekėjai (fiziniai asmenys) taip pat kiti asmenys, kurie apsilanko stebimoje teritorijoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECACE" w14:textId="1ABD7F1C" w:rsidR="005A77B0" w:rsidRPr="00B861D2" w:rsidRDefault="003E52FF" w:rsidP="00E749A9">
+    <w:p w14:paraId="636ECACE" w14:textId="1ABD7F1C" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="003E52FF" w:rsidP="00E749A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
-      <w:r w:rsidR="00AB20FE" w:rsidRPr="00E749A9">
+      <w:r w:rsidR="00AB20FE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E749A9">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">valdytojas – </w:t>
       </w:r>
-      <w:r w:rsidR="008B76FC" w:rsidRPr="00B861D2">
+      <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Klaipėdos Prano Mašioto progimnazija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B861D2">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, juridinio asmens kodas </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="lt-LT"/>
           </w:rPr>
           <w:alias w:val="kodas"/>
           <w:tag w:val="kodas"/>
           <w:id w:val="27923322"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1081868574"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D257A3" w:rsidRPr="00B861D2">
+          <w:r w:rsidR="00D257A3" w:rsidRPr="001A2CEF">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lt-LT"/>
             </w:rPr>
             <w:t>295170620</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00B861D2">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, adresas </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="lt-LT"/>
           </w:rPr>
           <w:alias w:val="adresas"/>
           <w:tag w:val="adresas"/>
           <w:id w:val="-1516461588"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1081868574"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D257A3" w:rsidRPr="00B861D2">
+          <w:r w:rsidR="00D257A3" w:rsidRPr="001A2CEF">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lt-LT"/>
             </w:rPr>
             <w:t>Varpų g. 3, Klaipėda</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00D257A3" w:rsidRPr="00B861D2">
+      <w:r w:rsidR="00D257A3" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AA0EA3" w14:textId="27EBD765" w:rsidR="004946AD" w:rsidRPr="00711E7F" w:rsidRDefault="004946AD" w:rsidP="00E749A9">
+    <w:p w14:paraId="21AA0EA3" w14:textId="27EBD765" w:rsidR="004946AD" w:rsidRPr="001A2CEF" w:rsidRDefault="004946AD" w:rsidP="00E749A9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo įranga - </w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rStyle w:val="BodytextBold"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vaizdo stebėjimo ir įrašymo techninė ir programinė įranga</w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rStyle w:val="BodytextBold"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECACF" w14:textId="05F637D1" w:rsidR="00AB20FE" w:rsidRPr="00711E7F" w:rsidRDefault="517C4801" w:rsidP="00E749A9">
+    <w:p w14:paraId="636ECACF" w14:textId="05F637D1" w:rsidR="00AB20FE" w:rsidRPr="001A2CEF" w:rsidRDefault="517C4801" w:rsidP="00E749A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vaizdo įrašas - </w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vaizdo kameromis užfiksuotas vaizdas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BCF1D1" w14:textId="74F6D275" w:rsidR="004946AD" w:rsidRPr="00711E7F" w:rsidRDefault="00AC3D50" w:rsidP="00E749A9">
+    <w:p w14:paraId="43BCF1D1" w14:textId="74F6D275" w:rsidR="004946AD" w:rsidRPr="001A2CEF" w:rsidRDefault="00AC3D50" w:rsidP="00E749A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3.4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB20FE" w:rsidRPr="07381A82">
+      <w:r w:rsidR="00AB20FE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Vaizdo stebėjimas</w:t>
       </w:r>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - vaizdo duomenų, susijusių su fiziniu asmeniu, tvarkymas naudojant automatines vaizdo stebėjimo priemones (vaizdo kameras) nepaisant to, ar šie duomenys yra išsaugomi laikmenoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAD1" w14:textId="77777777" w:rsidR="00AB20FE" w:rsidRPr="00711E7F" w:rsidRDefault="00AB20FE" w:rsidP="00AC3D50">
+    <w:p w14:paraId="636ECAD1" w14:textId="77777777" w:rsidR="00AB20FE" w:rsidRPr="001A2CEF" w:rsidRDefault="00AB20FE" w:rsidP="00AC3D50">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636ECAD2" w14:textId="77777777" w:rsidR="005A77B0" w:rsidRPr="00711E7F" w:rsidRDefault="005A77B0" w:rsidP="005A77B0">
+    <w:p w14:paraId="636ECAD2" w14:textId="77777777" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="005A77B0" w:rsidP="005A77B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636ECAD3" w14:textId="77777777" w:rsidR="005A77B0" w:rsidRPr="00711E7F" w:rsidRDefault="005A77B0" w:rsidP="005A77B0">
+    <w:p w14:paraId="636ECAD3" w14:textId="77777777" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="005A77B0" w:rsidP="005A77B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAD4" w14:textId="77777777" w:rsidR="005A77B0" w:rsidRPr="00711E7F" w:rsidRDefault="005A77B0" w:rsidP="005A77B0">
+    <w:p w14:paraId="636ECAD4" w14:textId="77777777" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="005A77B0" w:rsidP="005A77B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="07381A82">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>VAIZDO STEBĖJIMO TIKSLAS IR APIMTIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAD5" w14:textId="77777777" w:rsidR="00804BDA" w:rsidRPr="00711E7F" w:rsidRDefault="00804BDA" w:rsidP="00A9449E">
+    <w:p w14:paraId="636ECAD5" w14:textId="77777777" w:rsidR="00804BDA" w:rsidRPr="001A2CEF" w:rsidRDefault="00804BDA" w:rsidP="00A9449E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EA1EB6B" w14:textId="7214FCE0" w:rsidR="005A77B0" w:rsidRPr="00132B1E" w:rsidRDefault="00EB3D35" w:rsidP="589886FB">
+    <w:p w14:paraId="7EA1EB6B" w14:textId="7214FCE0" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="00EB3D35" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="47BCBC50" w:rsidRPr="589886FB">
+      <w:r w:rsidR="47BCBC50" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vaizdo stebėjimo tikslai</w:t>
       </w:r>
-      <w:r w:rsidR="538F78BC" w:rsidRPr="589886FB">
+      <w:r w:rsidR="538F78BC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigoje</w:t>
       </w:r>
-      <w:r w:rsidR="47BCBC50" w:rsidRPr="589886FB">
+      <w:r w:rsidR="47BCBC50" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E340ED3" w14:textId="428851E3" w:rsidR="005A77B0" w:rsidRPr="00132B1E" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
+    <w:p w14:paraId="0E340ED3" w14:textId="428851E3" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1. užtikrinti</w:t>
       </w:r>
-      <w:r w:rsidR="28E233C1" w:rsidRPr="589886FB">
+      <w:r w:rsidR="28E233C1" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Įstaigai</w:t>
       </w:r>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> priklausančių materialinių išteklių  apsaugą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D80C367" w14:textId="19748FFA" w:rsidR="005A77B0" w:rsidRPr="00132B1E" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
+    <w:p w14:paraId="1D80C367" w14:textId="19748FFA" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.2. užtikrinti </w:t>
       </w:r>
-      <w:r w:rsidR="6BB9C1B0" w:rsidRPr="589886FB">
+      <w:r w:rsidR="6BB9C1B0" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaigos darbuotojų ir moksleivių</w:t>
       </w:r>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> turto apsaugą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188D45C2" w14:textId="284DA11C" w:rsidR="005A77B0" w:rsidRPr="00132B1E" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
+    <w:p w14:paraId="188D45C2" w14:textId="284DA11C" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3. užtikrinti </w:t>
       </w:r>
-      <w:r w:rsidR="59C5D6D0" w:rsidRPr="589886FB">
+      <w:r w:rsidR="59C5D6D0" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> patalpose esančių asmenų apsaugą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636ECAD6" w14:textId="13FCDED1" w:rsidR="005A77B0" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
+    <w:p w14:paraId="636ECAD6" w14:textId="13FCDED1" w:rsidR="005A77B0" w:rsidRPr="001A2CEF" w:rsidRDefault="47BCBC50" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4. užtikrinti prevenciją bei apsaugą nuo teisės pažeidimų ir nusikaltimų </w:t>
       </w:r>
-      <w:r w:rsidR="1B03085B" w:rsidRPr="589886FB">
+      <w:r w:rsidR="1B03085B" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaig</w:t>
       </w:r>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os patalpose ir/ar teritorijoje</w:t>
       </w:r>
-      <w:r w:rsidR="0088008A">
+      <w:r w:rsidR="0088008A" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FCB8A9" w14:textId="6E533E32" w:rsidR="0088008A" w:rsidRPr="00132B1E" w:rsidRDefault="0088008A" w:rsidP="589886FB">
+    <w:p w14:paraId="66FCB8A9" w14:textId="6E533E32" w:rsidR="0088008A" w:rsidRPr="001A2CEF" w:rsidRDefault="0088008A" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.5 organizuoti tinkamą nuotolinio mokymo procesą</w:t>
       </w:r>
-      <w:r w:rsidR="00B00E9F">
+      <w:r w:rsidR="00B00E9F" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> panaudojant </w:t>
       </w:r>
-      <w:r w:rsidR="002914B5">
+      <w:r w:rsidR="002914B5" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vaizdo ir garso ryšį geresnei komunikacijai tarp mokytojų ir mokinių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F67B75B" w14:textId="5AFA5645" w:rsidR="00DC105D" w:rsidRPr="00711E7F" w:rsidRDefault="5FEB1C04" w:rsidP="589886FB">
+    <w:p w14:paraId="0F67B75B" w14:textId="5AFA5645" w:rsidR="00DC105D" w:rsidRDefault="5FEB1C04" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="1B5A1905" w:rsidRPr="589886FB">
+      <w:r w:rsidR="1B5A1905" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vaizdo stebėjimas vykdomas šiose Įstaigos teritorijose ir patalpose:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="693113C2" w14:textId="77777777" w:rsidR="0075045D" w:rsidRDefault="0075045D" w:rsidP="589886FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B4C07D" w14:textId="77777777" w:rsidR="0075045D" w:rsidRDefault="0075045D" w:rsidP="589886FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01559591" w14:textId="77777777" w:rsidR="0075045D" w:rsidRPr="001A2CEF" w:rsidRDefault="0075045D" w:rsidP="589886FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="706"/>
         <w:gridCol w:w="2733"/>
         <w:gridCol w:w="975"/>
         <w:gridCol w:w="4073"/>
         <w:gridCol w:w="1430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="589886FB" w14:paraId="0FE065F4" w14:textId="77777777" w:rsidTr="00F77633">
+      <w:tr w:rsidR="001A2CEF" w:rsidRPr="001A2CEF" w14:paraId="0FE065F4" w14:textId="77777777" w:rsidTr="00F77633">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37B5C8F4" w14:textId="77777777" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+          <w:p w14:paraId="37B5C8F4" w14:textId="77777777" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589886FB">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Eil.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26F5D6C0" w14:textId="77777777" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+          <w:p w14:paraId="26F5D6C0" w14:textId="77777777" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589886FB">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10689053" w14:textId="77777777" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+          <w:p w14:paraId="10689053" w14:textId="77777777" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589886FB">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vaizdo stebėjimo vietos adresas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0597207A" w14:textId="77777777" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+          <w:p w14:paraId="0597207A" w14:textId="77777777" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589886FB">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vaizdo</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5080B14B" w14:textId="0CC21700" w:rsidR="589886FB" w:rsidRDefault="00CD3A7E" w:rsidP="589886FB">
+          <w:p w14:paraId="5080B14B" w14:textId="0CC21700" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="00CD3A7E" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
-            <w:r w:rsidR="589886FB" w:rsidRPr="589886FB">
+            <w:r w:rsidR="589886FB" w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>amerų</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="589886FB" w:rsidRPr="589886FB">
+            <w:r w:rsidR="589886FB" w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>skaičius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78AA762F" w14:textId="77777777" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+          <w:p w14:paraId="78AA762F" w14:textId="77777777" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589886FB">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Stebimos teritorijos ir patalpos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D0CCC0" w14:textId="77777777" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+          <w:p w14:paraId="11D0CCC0" w14:textId="77777777" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589886FB">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vaizdo duomenų saugojimo terminas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B3DBA" w:rsidRPr="00B217A4" w14:paraId="72B60EFF" w14:textId="77777777" w:rsidTr="004B3DBA">
+      <w:tr w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w14:paraId="72B60EFF" w14:textId="77777777" w:rsidTr="004B3DBA">
         <w:trPr>
           <w:trHeight w:val="796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41F03743" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="003929C8" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="41F03743" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003929C8">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2733" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40A55F0A" w14:textId="10748997" w:rsidR="004B3DBA" w:rsidRPr="003929C8" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="40A55F0A" w14:textId="10748997" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003929C8">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Varpų g. 3, Klaipėda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59F66F93" w14:textId="20535CD2" w:rsidR="004B3DBA" w:rsidRPr="003929C8" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="59F66F93" w14:textId="20535CD2" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003929C8">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="720DC2BE" w14:textId="7F1B2E66" w:rsidR="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="720DC2BE" w14:textId="33574F85" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="576" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B3DBA">
+            <w:r w:rsidRPr="001A2CEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mokyklos teritorija </w:t>
+              <w:t xml:space="preserve">Mokyklos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>vidaus kiemas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CD8E7FB" w14:textId="7B338842" w:rsidR="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="0CD8E7FB" w14:textId="7B338842" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="576" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02FF4570" w14:textId="00C2DA23" w:rsidR="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="02FF4570" w14:textId="00C2DA23" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="576" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E37179A" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="4E37179A" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="576" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2318F8B5" w14:textId="6DAF7FB3" w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="2318F8B5" w14:textId="6DAF7FB3" w:rsidR="00CA0D42" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="576" w:hanging="425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Mokyklos vidaus patalpos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27FB4638" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRDefault="00CA0D42" w:rsidP="00CA0D42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A3335F8" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRDefault="00CA0D42" w:rsidP="00CA0D42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65272F69" w14:textId="77777777" w:rsidR="000B4C99" w:rsidRPr="00CA0D42" w:rsidRDefault="000B4C99" w:rsidP="00CA0D42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54CBB03E" w14:textId="531B35C5" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="576" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mokyklos </w:t>
-[...6 lines deleted...]
-              <w:t>vidaus patalpos</w:t>
+              <w:t>Mokyklos išorės kiemas</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75566FFC" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="003929C8" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="75566FFC" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="289F4653" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="003929C8" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="289F4653" w14:textId="06711E94" w:rsidR="00CA0D42" w:rsidRPr="00E57A3C" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B3DBA">
+            <w:r w:rsidRPr="00E57A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>iki 14 kalendorinių dienų</w:t>
+              <w:t>iki 7 kalendorinių dienų</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w14:paraId="69695CE3" w14:textId="77777777" w:rsidTr="004B3DBA">
+      <w:tr w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w14:paraId="69695CE3" w14:textId="77777777" w:rsidTr="00CA0D42">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="912"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10BC981E" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="10BC981E" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2733" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E24602F" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="2E24602F" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="448AC823" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="589886FB">
+          <w:p w14:paraId="448AC823" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4073" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1B2CB11F" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="1B2CB11F" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1430" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C93B3E7" w14:textId="2F90A68C" w:rsidR="00CA0D42" w:rsidRPr="00CA0D42" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>iki 7 kalendorinių dienų</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w14:paraId="3A03FA99" w14:textId="77777777" w:rsidTr="004B3DBA">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="706" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD70DF6" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2733" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3F77DA" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="975" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E5BCBC" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="589886FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4073" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8670A2" w14:textId="77777777" w:rsidR="00CA0D42" w:rsidRPr="001A2CEF" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C93B3E7" w14:textId="2664F44C" w:rsidR="004B3DBA" w:rsidRPr="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004B3DBA">
+          <w:p w14:paraId="739BC5E6" w14:textId="20BFB4F6" w:rsidR="00CA0D42" w:rsidRPr="00CA0D42" w:rsidRDefault="00CA0D42" w:rsidP="004B3DBA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B3DBA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>iki 14 kalendorinių dienų</w:t>
+              <w:t>Iki 14</w:t>
+            </w:r>
+            <w:r w:rsidR="000B4C99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kalendorinių dienų</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F4E8A42" w14:textId="4DC6C40F" w:rsidR="00DC105D" w:rsidRPr="004B3DBA" w:rsidRDefault="00DC105D" w:rsidP="589886FB">
+    <w:p w14:paraId="5F4E8A42" w14:textId="4DC6C40F" w:rsidR="00DC105D" w:rsidRPr="001A2CEF" w:rsidRDefault="00DC105D" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DC2C52E" w14:textId="5DF8C434" w:rsidR="00DC105D" w:rsidRPr="00C53B2A" w:rsidRDefault="5FEB1C04" w:rsidP="589886FB">
+    <w:p w14:paraId="7DC2C52E" w14:textId="5DF8C434" w:rsidR="00DC105D" w:rsidRPr="001A2CEF" w:rsidRDefault="5FEB1C04" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C53B2A">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Draudžiama vykdyti vaizdo stebėjimą didesnėje teritorijoje, nei nurodyta Taisyklių 5 punkte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BC3E31" w14:textId="409831DA" w:rsidR="005C0C09" w:rsidRPr="00C53B2A" w:rsidRDefault="00DC105D" w:rsidP="589886FB">
+    <w:p w14:paraId="04BC3E31" w14:textId="409831DA" w:rsidR="005C0C09" w:rsidRPr="001A2CEF" w:rsidRDefault="00DC105D" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C53B2A">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Vaizdo stebėjimo apimtis keičiama tik pakeitus </w:t>
       </w:r>
-      <w:r w:rsidR="004946AD" w:rsidRPr="00C53B2A">
+      <w:r w:rsidR="004946AD" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Taisykles</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C53B2A">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7300A5" w14:textId="7D232281" w:rsidR="005C0C09" w:rsidRPr="008333EA" w:rsidRDefault="1C05F233" w:rsidP="589886FB">
+    <w:p w14:paraId="4A7300A5" w14:textId="7D232281" w:rsidR="005C0C09" w:rsidRPr="001A2CEF" w:rsidRDefault="1C05F233" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">8. Vaizdas stebimas 24 valandas per parą, 7 dienas per savaitę. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Vaizdas stebimas 24 valandas per parą, 7 dienas per savaitę.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCA08D1" w14:textId="0EBE84C7" w:rsidR="005C0C09" w:rsidRPr="00DF7F54" w:rsidRDefault="005C0C09" w:rsidP="00E52558">
+    <w:p w14:paraId="4DCA08D1" w14:textId="0EBE84C7" w:rsidR="005C0C09" w:rsidRPr="001A2CEF" w:rsidRDefault="005C0C09" w:rsidP="00E52558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Vaizdo stebėjimo priemonės turi būti įrengiamos taip, kad atsižvelgiant į nustatytą vaizdo stebėjimo tikslą vaizdo stebėjimas būtų vykdomas ne didesnėje patalpos ar teritorijos dalyje, negu tai yra būtina ir būtų renkama ne daugiau vaizdo duomenų, negu tai yra būtina.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F1F25F" w14:textId="77777777" w:rsidR="00E70CB1" w:rsidRPr="008333EA" w:rsidRDefault="00081BE0" w:rsidP="00E52558">
+    <w:p w14:paraId="26F1F25F" w14:textId="77777777" w:rsidR="00E70CB1" w:rsidRPr="001A2CEF" w:rsidRDefault="00081BE0" w:rsidP="00E52558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Tais atvejais kai nuotolinio mokymo tikslais </w:t>
       </w:r>
-      <w:r w:rsidR="00E56EA4" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E56EA4" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>naudojamos nuotolinio mokymo priemonės</w:t>
       </w:r>
-      <w:r w:rsidR="00604DB5" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00604DB5" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> perduodančios ir/arba įrašančios vaizdą ir/arba garsą, tai taip pat yra laikoma videosteb</w:t>
       </w:r>
-      <w:r w:rsidR="00992343" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00992343" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidR="00604DB5" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00604DB5" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>jimu</w:t>
       </w:r>
-      <w:r w:rsidR="00ED05EB" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00ED05EB" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>. Taip surinktiems duomenims taikomos visos asmens duomenų apsaugos taisyklė</w:t>
       </w:r>
-      <w:r w:rsidR="00E70CB1" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E70CB1" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF882C3" w14:textId="40A35EE6" w:rsidR="00081BE0" w:rsidRPr="008333EA" w:rsidRDefault="00E70CB1" w:rsidP="00E52558">
+    <w:p w14:paraId="3DF882C3" w14:textId="40A35EE6" w:rsidR="00081BE0" w:rsidRPr="001A2CEF" w:rsidRDefault="00E70CB1" w:rsidP="00E52558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Nuotolinio ugdymo ar mokymo metu </w:t>
       </w:r>
-      <w:r w:rsidR="00724CAC" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00724CAC" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">turi būti pranešta, jog </w:t>
       </w:r>
-      <w:r w:rsidR="007A6526" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="007A6526" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">vyksta ar gali vykti videostebėjimas. Šio proceso dalyviai negali </w:t>
       </w:r>
-      <w:r w:rsidR="00963931" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00963931" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>išsaugoti videoįrašo, jei tai nėra numatyta ir tinkamai pranešta.</w:t>
       </w:r>
-      <w:r w:rsidR="00604DB5" w:rsidRPr="008333EA">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00604DB5" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EF87D6" w14:textId="7FB6DD41" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+    <w:p w14:paraId="50EF87D6" w14:textId="7FB6DD41" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51945A48" w14:textId="75DD8DDE" w:rsidR="1E439B1D" w:rsidRDefault="1E439B1D" w:rsidP="589886FB">
+    <w:p w14:paraId="51945A48" w14:textId="75DD8DDE" w:rsidR="1E439B1D" w:rsidRPr="001A2CEF" w:rsidRDefault="1E439B1D" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="589886FB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3386A75F" w14:textId="3E86CA90" w:rsidR="1E439B1D" w:rsidRDefault="1E439B1D" w:rsidP="589886FB">
+    <w:p w14:paraId="3386A75F" w14:textId="3E86CA90" w:rsidR="1E439B1D" w:rsidRPr="001A2CEF" w:rsidRDefault="1E439B1D" w:rsidP="589886FB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VAIZDO SAUGOJIMO IR SUNAIKINIMO TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F766EC" w14:textId="41F40AC0" w:rsidR="589886FB" w:rsidRDefault="589886FB" w:rsidP="589886FB">
+    <w:p w14:paraId="24F766EC" w14:textId="41F40AC0" w:rsidR="589886FB" w:rsidRPr="001A2CEF" w:rsidRDefault="589886FB" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7594EBDB" w14:textId="7E806469" w:rsidR="005C0C09" w:rsidRPr="004F5C6B" w:rsidRDefault="005C0C09" w:rsidP="589886FB">
+    <w:p w14:paraId="7594EBDB" w14:textId="3882564B" w:rsidR="005C0C09" w:rsidRPr="00E57A3C" w:rsidRDefault="005C0C09" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...23 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vaizdo duomenys saugomi </w:t>
+      </w:r>
+      <w:r w:rsidR="008B49AA" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kalendorin</w:t>
+      </w:r>
+      <w:r w:rsidR="008B49AA" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dien</w:t>
+      </w:r>
+      <w:r w:rsidR="008B49AA" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Jeigu duomenys reikalingi</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE470D" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vykdant </w:t>
       </w:r>
-      <w:r w:rsidR="00190085" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00190085" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teisėsaugos institucijų tyrimus</w:t>
       </w:r>
-      <w:r w:rsidR="006B1AE9" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="006B1AE9" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kaip įrodymai </w:t>
       </w:r>
-      <w:r w:rsidR="006B1AE9" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="006B1AE9" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">teisminio nagrinėjimo </w:t>
       </w:r>
-      <w:r w:rsidR="00154218" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00154218" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bylose </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...11 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar kitais įstatymų nustatytais atvejais, vaizdo duomenys gali būti saugomi šiems duomenų tvarkymo tikslams</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2CEF" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilgesnį laiką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00154218" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">turi būti </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sunaikinami nedelsi</w:t>
       </w:r>
-      <w:r w:rsidR="00154218" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00154218" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ant, kai </w:t>
       </w:r>
-      <w:r w:rsidR="00D011A1" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00D011A1" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tik tampa </w:t>
       </w:r>
-      <w:r w:rsidR="00B33FCA" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00B33FCA" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nereikalingi</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459CD4F7" w14:textId="40B3A8F8" w:rsidR="005C0C09" w:rsidRPr="004F5C6B" w:rsidRDefault="005C0C09" w:rsidP="589886FB">
+    <w:p w14:paraId="459CD4F7" w14:textId="40B3A8F8" w:rsidR="005C0C09" w:rsidRPr="00E57A3C" w:rsidRDefault="005C0C09" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F5C6B">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11. </w:t>
       </w:r>
-      <w:r w:rsidR="73FE514D" w:rsidRPr="004F5C6B">
+      <w:r w:rsidR="73FE514D" w:rsidRPr="00E57A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vaizdo įrašai daromi į vaizdo stebėjimo sistemos kietąjį diską, duomenys naikinami automatiškai, užrašant naujus duomenis atminties diske (ištrinant duomenis iš atminties disko).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3773B6D2" w14:textId="0F77D6B8" w:rsidR="005C0C09" w:rsidRPr="004F5C6B" w:rsidRDefault="53CD6587" w:rsidP="589886FB">
+    <w:p w14:paraId="3773B6D2" w14:textId="0F77D6B8" w:rsidR="005C0C09" w:rsidRPr="00E57A3C" w:rsidRDefault="53CD6587" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004F5C6B">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12. Vaizdo įrašas turi būti sunaikintas taip, kad nebūtų įmanoma atkurti sunaikintos informacijos ar jos dalies turinio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B42B16F" w14:textId="1091C3A9" w:rsidR="004946AD" w:rsidRPr="004F5C6B" w:rsidRDefault="00154218" w:rsidP="00E52558">
+    <w:p w14:paraId="1B42B16F" w14:textId="1091C3A9" w:rsidR="004946AD" w:rsidRPr="00E57A3C" w:rsidRDefault="00154218" w:rsidP="00E52558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="02EBC062" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="02EBC062" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00150B29" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00150B29" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo duomenis tvarkyti gali tik </w:t>
       </w:r>
-      <w:r w:rsidR="004946AD" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="004946AD" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įgalioti asmenys, kuriems tokia</w:t>
       </w:r>
-      <w:r w:rsidR="00150B29" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00150B29" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> teisė yra suteikta</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E0A5400" w14:textId="15AE29EF" w:rsidR="004946AD" w:rsidRPr="004F5C6B" w:rsidRDefault="004946AD" w:rsidP="00E52558">
+    <w:p w14:paraId="3E0A5400" w14:textId="15AE29EF" w:rsidR="004946AD" w:rsidRPr="001A2CEF" w:rsidRDefault="004946AD" w:rsidP="00E52558">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="40E3DDE8" w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="40E3DDE8" w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00E57A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5C6B">
+      <w:r w:rsidRPr="00E57A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Vaizdo stebėjimo duomenys negali būti naudojami kitiems tikslams, nesusijusiems su Taisyklių 4 punkte apibrėžtu tikslu. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vaizdo stebėjimo duomenys negali būti naudojami kitiems tikslams, nesusijusiems su Taisyklių 4 punkte apibrėžtu tikslu.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBF331E" w14:textId="77777777" w:rsidR="009A3025" w:rsidRPr="00711E7F" w:rsidRDefault="009A3025" w:rsidP="07381A82">
+    <w:p w14:paraId="0CBF331E" w14:textId="77777777" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="009A3025" w:rsidP="07381A82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC9C7AD" w14:textId="77777777" w:rsidR="00BA12AD" w:rsidRPr="00711E7F" w:rsidRDefault="00BA12AD" w:rsidP="07381A82">
+    <w:p w14:paraId="1BC9C7AD" w14:textId="77777777" w:rsidR="00BA12AD" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="07381A82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19BB0E04" w14:textId="2AE5EEE8" w:rsidR="00091C90" w:rsidRPr="00DF7F54" w:rsidRDefault="00091C90" w:rsidP="07381A82">
+    <w:p w14:paraId="19BB0E04" w14:textId="2AE5EEE8" w:rsidR="00091C90" w:rsidRPr="001A2CEF" w:rsidRDefault="00091C90" w:rsidP="07381A82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="4BD38855" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="4BD38855" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38157690" w14:textId="4F7E4347" w:rsidR="00091C90" w:rsidRPr="00DF7F54" w:rsidRDefault="00091C90" w:rsidP="07381A82">
+    <w:p w14:paraId="38157690" w14:textId="4F7E4347" w:rsidR="00091C90" w:rsidRPr="001A2CEF" w:rsidRDefault="00091C90" w:rsidP="07381A82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>DUOMENŲ VALDYTOJO FUNKCIJOS, TEISĖS IR PAREIGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F74D821" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="00DF7F54" w:rsidRDefault="0005405D" w:rsidP="07381A82">
+    <w:p w14:paraId="0F74D821" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="001A2CEF" w:rsidRDefault="0005405D" w:rsidP="07381A82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60CE1738" w14:textId="74A6360F" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00042E10" w:rsidP="589886FB">
+    <w:p w14:paraId="60CE1738" w14:textId="74A6360F" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00042E10" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:ind w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="20BB7464" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="20BB7464" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> turi šias teises:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5C6515" w14:textId="766E1FA5" w:rsidR="008A5BAA" w:rsidRPr="00DF7F54" w:rsidRDefault="00042E10" w:rsidP="589886FB">
+    <w:p w14:paraId="1E5C6515" w14:textId="766E1FA5" w:rsidR="008A5BAA" w:rsidRPr="001A2CEF" w:rsidRDefault="00042E10" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="48089D03" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="48089D03" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>rengti ir priimti vidinius teisės aktus, reglamentuojančius vaizdo stebėjimo vykdymą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704A29AE" w14:textId="22C9DCC3" w:rsidR="008A5BAA" w:rsidRPr="00DF7F54" w:rsidRDefault="03561BF1" w:rsidP="589886FB">
+    <w:p w14:paraId="704A29AE" w14:textId="22C9DCC3" w:rsidR="008A5BAA" w:rsidRPr="001A2CEF" w:rsidRDefault="03561BF1" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">15.2. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">spręsti dėl vaizdo duomenų </w:t>
       </w:r>
-      <w:r w:rsidR="00A05957" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00A05957" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>perdavimo</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51338EFB" w14:textId="515C22EE" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="51338EFB" w14:textId="515C22EE" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="17EA009D" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="17EA009D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>paskirti už vaizdo duomenų apsaugą atsakingus asmenis</w:t>
       </w:r>
-      <w:r w:rsidR="008A5BAA" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008A5BAA" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar padalinį</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42010861" w14:textId="50BC2A41" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="42010861" w14:textId="50BC2A41" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="3B638274" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="3B638274" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įgalioti duomenų tvarkytojus tvarkyti vaizdo duomenis;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAB38DF" w14:textId="53122AC0" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="3CAB38DF" w14:textId="53122AC0" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="2B4B0208" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="2B4B0208" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.5. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>sudaryti sutartis su paslaugų teikėj</w:t>
       </w:r>
-      <w:r w:rsidR="00042E10" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00042E10" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>u dėl Vaizdo įrangos priežiūros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB8AF31" w14:textId="2393EEAC" w:rsidR="008A5BAA" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="4AB8AF31" w14:textId="2393EEAC" w:rsidR="008A5BAA" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="54208B24" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="54208B24" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> turi šias pareigas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141EEAB7" w14:textId="4B883B8F" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="5B086ABC" w:rsidP="589886FB">
+    <w:p w14:paraId="141EEAB7" w14:textId="4B883B8F" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="5B086ABC" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="7799DF4E" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="7799DF4E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.1. užtikrinti įstatymuose ir kituose teisės aktuose, reglamentuojanči</w:t>
       </w:r>
-      <w:r w:rsidR="00A5735C" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00A5735C" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ose asmens duomenų tvarkymą, nustatytų asmens duomenų tvarkymo reikalavimų laikymąsi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C783DD9" w14:textId="42A5E3EC" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="4B77B34F" w:rsidP="589886FB">
+    <w:p w14:paraId="4C783DD9" w14:textId="42A5E3EC" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="4B77B34F" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">16.2. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įgyvendinti duomenų subjekto teises šiose Taisyklėse nustatyta tvarka;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3599A442" w14:textId="791DB542" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="3599A442" w14:textId="791DB542" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="72924018" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="72924018" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>užtikrinti asmens duomenų saugumą, įgyvendinant tinkamas organizacines ir technines a</w:t>
       </w:r>
-      <w:r w:rsidR="000B2A05" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="000B2A05" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>smens duomenų saugumo priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E3BB22" w14:textId="54568C79" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="02E3BB22" w14:textId="54568C79" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="03E28451" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="03E28451" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> atlieka šias funkcijas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17CDA34A" w14:textId="2E6DCEA8" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="17CDA34A" w14:textId="2E6DCEA8" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="519092A2" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="519092A2" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nustato vaizdo stebėjimo tikslą ir apimtį;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014B958E" w14:textId="4EE43397" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="1D882F56" w:rsidP="589886FB">
+    <w:p w14:paraId="014B958E" w14:textId="4EE43397" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="1D882F56" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">17.2. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>organizuoja Vaizdo įrangos diegimo darbus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB51039" w14:textId="481CF88B" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="4BB51039" w14:textId="481CF88B" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="51462CEE" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="51462CEE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>analizuoja technologines, metodologines ir organizacines vaizdo duomenų tvarkymo problemas ir priima sprendimus, reikalingus tinkamam vaizdo stebėjimo vykdymui užtikrinti;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7762F6BB" w14:textId="276593AA" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
+    <w:p w14:paraId="7762F6BB" w14:textId="276593AA" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="75B783EB" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="75B783EB" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>teikia metodinę pagalbą darbuotojams vaizdo duomenų tvarkymo klausimais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3A162D" w14:textId="25A6879B" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="0E73E377" w:rsidP="589886FB">
+    <w:p w14:paraId="2D3A162D" w14:textId="25A6879B" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="0E73E377" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">17.5. </w:t>
       </w:r>
-      <w:r w:rsidR="009A3025" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="009A3025" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>organizuoja darbuotojų mokymus asmens duome</w:t>
       </w:r>
-      <w:r w:rsidR="008A5BAA" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008A5BAA" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nų apsaugos klausimais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E33A6EA" w14:textId="77777777" w:rsidR="009A3025" w:rsidRPr="00DF7F54" w:rsidRDefault="009A3025" w:rsidP="005D0DED">
+    <w:p w14:paraId="1E33A6EA" w14:textId="77777777" w:rsidR="009A3025" w:rsidRPr="001A2CEF" w:rsidRDefault="009A3025" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DFF514" w14:textId="0CF91885" w:rsidR="00BA12AD" w:rsidRPr="00DF7F54" w:rsidRDefault="00BA12AD" w:rsidP="00E52558">
+    <w:p w14:paraId="25DFF514" w14:textId="0CF91885" w:rsidR="00BA12AD" w:rsidRPr="001A2CEF" w:rsidRDefault="00BA12AD" w:rsidP="00E52558">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B2E5EAA" w14:textId="77777777" w:rsidR="00CD3A7E" w:rsidRPr="00711E7F" w:rsidRDefault="00CD3A7E" w:rsidP="00E52558">
+    <w:p w14:paraId="4B2E5EAA" w14:textId="77777777" w:rsidR="00CD3A7E" w:rsidRPr="001A2CEF" w:rsidRDefault="00CD3A7E" w:rsidP="00E52558">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BAC3E91" w14:textId="5D4DC2EE" w:rsidR="005D0DED" w:rsidRPr="00711E7F" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
+    <w:p w14:paraId="3BAC3E91" w14:textId="5D4DC2EE" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>V SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD66146" w14:textId="6EF89064" w:rsidR="005C0C09" w:rsidRPr="00DF7F54" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
+    <w:p w14:paraId="7BD66146" w14:textId="6EF89064" w:rsidR="005C0C09" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VAIZDO DUOMENŲ </w:t>
       </w:r>
-      <w:r w:rsidR="00FD3110" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00FD3110" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PERDAVIMAS </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IR DUOMENŲ GAVĖJAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE66E3C" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="00DF7F54" w:rsidRDefault="0005405D" w:rsidP="00BA12AD">
+    <w:p w14:paraId="3FE66E3C" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="001A2CEF" w:rsidRDefault="0005405D" w:rsidP="00BA12AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27FBF014" w14:textId="1AD21A83" w:rsidR="008D1BCC" w:rsidRPr="00DF7F54" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
+    <w:p w14:paraId="27FBF014" w14:textId="1AD21A83" w:rsidR="008D1BCC" w:rsidRPr="001A2CEF" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="5DB33867" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="5DB33867" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>. Vaizdo duomenys</w:t>
       </w:r>
-      <w:r w:rsidR="4A15358F" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="4A15358F" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>, kuriuose yra užfiksuotas duomenų subjektas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> gali būti </w:t>
       </w:r>
-      <w:r w:rsidR="00FD3110" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00FD3110" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">perduodami </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų subjekto rašytiniu prašymu, pateikus asmens tapatybę patvirtinantį dokumentą. Teisės aktų nustatyta tvarka vaizdo stebėjimo kameromis užfiksuotas vaizdas, </w:t>
       </w:r>
-      <w:r w:rsidR="00407FCD" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00407FCD" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">t.y. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>jo kopija</w:t>
       </w:r>
-      <w:r w:rsidR="00407FCD" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00407FCD" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> gali būti </w:t>
       </w:r>
-      <w:r w:rsidR="00A478AA" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00A478AA" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>perduodamas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0735F780" w14:textId="7E9F7CCF" w:rsidR="008D1BCC" w:rsidRPr="00DF7F54" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
+    <w:p w14:paraId="0735F780" w14:textId="7E9F7CCF" w:rsidR="008D1BCC" w:rsidRPr="001A2CEF" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="0572866A" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="0572866A" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. jeigu jis yra išsaugotas; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C64A0DF" w14:textId="38DCB62C" w:rsidR="008D1BCC" w:rsidRPr="00DF7F54" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
+    <w:p w14:paraId="3C64A0DF" w14:textId="38DCB62C" w:rsidR="008D1BCC" w:rsidRPr="001A2CEF" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="7722A689" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="7722A689" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. jeigu jame nėra užfiksuoti tretieji asmenys arba yra trečiųjų asmenų rašytinis sutikimas tokį vaizdo įrašą </w:t>
       </w:r>
-      <w:r w:rsidR="00F01367" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00F01367" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>perduoti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7C6DC4" w14:textId="65D89022" w:rsidR="008D1BCC" w:rsidRPr="00DF7F54" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
+    <w:p w14:paraId="7B7C6DC4" w14:textId="65D89022" w:rsidR="008D1BCC" w:rsidRPr="001A2CEF" w:rsidRDefault="008D1BCC" w:rsidP="008D1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="47DF67B2" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="47DF67B2" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. Teisėsaugos institucijų prašymu vaizdo </w:t>
       </w:r>
-      <w:r w:rsidR="000A00B5" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="000A00B5" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>įrašas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> gali būti </w:t>
       </w:r>
-      <w:r w:rsidR="00A478AA" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00A478AA" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">perduodamas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">be vaizde užfiksuotų asmenų sutikimo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6455E71A" w14:textId="0BA87DF8" w:rsidR="008D1BCC" w:rsidRPr="00DF7F54" w:rsidRDefault="7343295A" w:rsidP="008D1BCC">
+    <w:p w14:paraId="6455E71A" w14:textId="0BA87DF8" w:rsidR="008D1BCC" w:rsidRPr="001A2CEF" w:rsidRDefault="7343295A" w:rsidP="008D1BCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="008D1BCC" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008D1BCC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>. Duomenų subjekto</w:t>
       </w:r>
-      <w:r w:rsidR="00A856C5" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00A856C5" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D1BCC" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008D1BCC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">prašyme turi būti nurodytas asmens duomenų naudojimo tikslas, </w:t>
       </w:r>
-      <w:r w:rsidR="00285F68" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00285F68" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">perdavimo </w:t>
       </w:r>
-      <w:r w:rsidR="008D1BCC" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008D1BCC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">bei gavimo teisinis pagrindas ir prašomų pateikti asmens duomenų apimtis. </w:t>
       </w:r>
-      <w:r w:rsidR="003A7405" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="003A7405" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Vai</w:t>
       </w:r>
-      <w:r w:rsidR="006B5D1D" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="006B5D1D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">zdo duomenys </w:t>
       </w:r>
-      <w:r w:rsidR="00232E60" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00232E60" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų valdytojo duomenų </w:t>
       </w:r>
-      <w:r w:rsidR="008F08DE" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008F08DE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">subjektui </w:t>
       </w:r>
-      <w:r w:rsidR="00972F91" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00972F91" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">gali būti pateikti tik įvertinus, </w:t>
       </w:r>
-      <w:r w:rsidR="000C0577" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="000C0577" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">kad yra </w:t>
       </w:r>
-      <w:r w:rsidR="005D5409" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="005D5409" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>teisėta</w:t>
       </w:r>
-      <w:r w:rsidR="006121B1" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="006121B1" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F33792" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00F33792" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> bei pagrįstas</w:t>
       </w:r>
-      <w:r w:rsidR="006121B1" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="006121B1" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F33792" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00F33792" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>asmens duomenų naudojimo tikslas</w:t>
       </w:r>
-      <w:r w:rsidR="006A00F4" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="006A00F4" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003A5A5D" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="003A5A5D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">perdavimo bei </w:t>
       </w:r>
-      <w:r w:rsidR="00550BAE" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="00550BAE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>gavimo teisinis pagrindas ir prašoma pateikti tik tuos duomenis, kurie yra būtini nurodytam (-iems) tikslui (-ams) pasiekti</w:t>
       </w:r>
-      <w:r w:rsidR="001343C2" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="001343C2" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FDFACC" w14:textId="50BA2070" w:rsidR="00BA12AD" w:rsidRPr="00DF7F54" w:rsidRDefault="000A00B5" w:rsidP="008D1BCC">
+    <w:p w14:paraId="26FDFACC" w14:textId="50BA2070" w:rsidR="00BA12AD" w:rsidRPr="001A2CEF" w:rsidRDefault="000A00B5" w:rsidP="008D1BCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF7F54">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0DB4FAF2" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="0DB4FAF2" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="008D1BCC" w:rsidRPr="00DF7F54">
+      <w:r w:rsidR="008D1BCC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Vaizdo duomenys duomenų valdytojo gali būti pateikti ikiteisminio tyrimo įstaigai, prokurorui ar teismui dėl jų žinioje esančių administracinių, civilinių, baudžiamųjų bylų, kaip įrodymai ar kitais įstatymų nustatytais atvejais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C62657" w14:textId="77777777" w:rsidR="000B2A05" w:rsidRPr="0010424D" w:rsidRDefault="000B2A05" w:rsidP="00A856C5">
+    <w:p w14:paraId="24C62657" w14:textId="77777777" w:rsidR="000B2A05" w:rsidRPr="001A2CEF" w:rsidRDefault="000B2A05" w:rsidP="00A856C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="347F6281" w14:textId="77777777" w:rsidR="007B07C2" w:rsidRPr="0010424D" w:rsidRDefault="007B07C2" w:rsidP="00A856C5">
+    <w:p w14:paraId="347F6281" w14:textId="77777777" w:rsidR="007B07C2" w:rsidRPr="001A2CEF" w:rsidRDefault="007B07C2" w:rsidP="00A856C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="716FEA55" w14:textId="763910FD" w:rsidR="005D0DED" w:rsidRPr="0010424D" w:rsidRDefault="005D0DED" w:rsidP="589886FB">
+    <w:p w14:paraId="716FEA55" w14:textId="763910FD" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="589886FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="28DDCF5B" w:rsidRPr="0010424D">
+      <w:r w:rsidR="28DDCF5B" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7DA11C" w14:textId="4AC67581" w:rsidR="005D0DED" w:rsidRPr="0010424D" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
+    <w:p w14:paraId="6D7DA11C" w14:textId="4AC67581" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>TECHNINĖS IR ORGANIZACINĖS VAIZDO DUOMENŲ TVARKYMO PRIEMONĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBE6F73" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="0010424D" w:rsidRDefault="0005405D" w:rsidP="005D0DED">
+    <w:p w14:paraId="5EBE6F73" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="001A2CEF" w:rsidRDefault="0005405D" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="381B6EC2" w14:textId="7C352E76" w:rsidR="0005405D" w:rsidRPr="0010424D" w:rsidRDefault="000B2A05" w:rsidP="06B233BE">
+    <w:p w14:paraId="381B6EC2" w14:textId="3B1D8F96" w:rsidR="0005405D" w:rsidRPr="001A2CEF" w:rsidRDefault="000B2A05" w:rsidP="06B233BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0D34E6A9" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0D34E6A9" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0005405D" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0005405D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Vaizdo įrašymo įrenginy</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="0005405D" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0005405D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> kameromis užfiksuo</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ja vaizdą</w:t>
       </w:r>
-      <w:r w:rsidR="0005405D" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0005405D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> skaitmeniniu būdu</w:t>
       </w:r>
-      <w:r w:rsidR="00AD71FE" w:rsidRPr="0010424D">
+      <w:r w:rsidR="00AD71FE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kuris </w:t>
       </w:r>
-      <w:r w:rsidR="0005405D" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0005405D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įrašomas į vidinį kietąjį diską</w:t>
       </w:r>
-      <w:r w:rsidR="00005647" w:rsidRPr="0010424D">
+      <w:r w:rsidR="00BE139A" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>, debesų kompiuterijos saugykl</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E34E8E" w:rsidRPr="0010424D">
+        <w:t xml:space="preserve"> arba </w:t>
+      </w:r>
+      <w:r w:rsidR="00005647" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:t>debesų kompiuterijos saugykl</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34E8E" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidR="590560A5" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0005405D" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F77264" w14:textId="415FC7B1" w:rsidR="000B2A05" w:rsidRPr="0010424D" w:rsidRDefault="000B2A05" w:rsidP="00D144B9">
+    <w:p w14:paraId="72F77264" w14:textId="415FC7B1" w:rsidR="000B2A05" w:rsidRPr="001A2CEF" w:rsidRDefault="000B2A05" w:rsidP="00D144B9">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="5022A336" w:rsidRPr="0010424D">
+      <w:r w:rsidR="5022A336" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="0010424D">
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>Įstaiga</w:t>
       </w:r>
-      <w:r w:rsidR="00D144B9" w:rsidRPr="0010424D">
+      <w:r w:rsidR="00D144B9" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> privalo taikyti tinkamas organizacines ir technines priemones, kurios užkirstų kelią asmenų neteisėtai prieigai prie vaizdo duomenų ar vaizdo duomenų panaudojimui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757333AC" w14:textId="49B1D5E5" w:rsidR="00D144B9" w:rsidRPr="0010424D" w:rsidRDefault="4C8DF3D9" w:rsidP="4C8DF3D9">
+    <w:p w14:paraId="757333AC" w14:textId="593575E6" w:rsidR="00D144B9" w:rsidRPr="001A2CEF" w:rsidRDefault="4C8DF3D9" w:rsidP="4C8DF3D9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="2382AAD8" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="2382AAD8" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai, atsakingi už vaizdo stebėjimą ir vaizdo duomenis</w:t>
       </w:r>
-      <w:r w:rsidR="00C86538" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00C86538" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pastebėję vaizdo duomenų saugumo pažeidimus turi apie tai informuoti </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="0010424D">
-[...11 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00BE139A" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>staigos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovą (</w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">už duomenų apsaugą </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atsakingi asmenį)</w:t>
       </w:r>
-      <w:r w:rsidR="00664999" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00664999" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne</w:t>
       </w:r>
-      <w:r w:rsidR="00583F94" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00583F94" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delsiant, bet ne vėliau kaip</w:t>
       </w:r>
-      <w:r w:rsidR="00E93250" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E93250" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per 4 (keturias) valandas</w:t>
       </w:r>
-      <w:r w:rsidR="00B12B53" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00B12B53" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, nuo pastebėjimo</w:t>
       </w:r>
-      <w:r w:rsidR="00B861D2" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00B861D2" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223ABA3E" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="0010424D" w:rsidRDefault="0005405D" w:rsidP="005D0DED">
+    <w:p w14:paraId="223ABA3E" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="001A2CEF" w:rsidRDefault="0005405D" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Hyperlink1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B49198B" w14:textId="77777777" w:rsidR="00B861D2" w:rsidRPr="0010424D" w:rsidRDefault="00B861D2" w:rsidP="005D0DED">
+    <w:p w14:paraId="0B49198B" w14:textId="77777777" w:rsidR="00B861D2" w:rsidRPr="001A2CEF" w:rsidRDefault="00B861D2" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="022C79B5" w14:textId="46677D92" w:rsidR="005D0DED" w:rsidRPr="0010424D" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
+    <w:p w14:paraId="022C79B5" w14:textId="46677D92" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>VI</w:t>
       </w:r>
-      <w:r w:rsidR="09EEEBC8" w:rsidRPr="0010424D">
+      <w:r w:rsidR="09EEEBC8" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1130EFA5" w14:textId="7F45BC2A" w:rsidR="005D0DED" w:rsidRPr="0010424D" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
+    <w:p w14:paraId="1130EFA5" w14:textId="7F45BC2A" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DUOMENŲ SUBJEKTO TEISIŲ ĮGYVENDINIMO TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70939448" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="0010424D" w:rsidRDefault="0005405D" w:rsidP="005D0DED">
+    <w:p w14:paraId="70939448" w14:textId="77777777" w:rsidR="0005405D" w:rsidRPr="001A2CEF" w:rsidRDefault="0005405D" w:rsidP="005D0DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DBCDB70" w14:textId="24C74997" w:rsidR="00A856C5" w:rsidRPr="0010424D" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
+    <w:p w14:paraId="4DBCDB70" w14:textId="24C74997" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="04A84810" w:rsidRPr="0010424D">
+      <w:r w:rsidR="04A84810" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Duomenų subjektas, patvirtinęs asmens tapatybę, turi teisę:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7B0B0A" w14:textId="5559A34B" w:rsidR="00A856C5" w:rsidRPr="0010424D" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
+    <w:p w14:paraId="7C7B0B0A" w14:textId="51BFDAED" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="04C62805" w:rsidRPr="0010424D">
+      <w:r w:rsidR="04C62805" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. prašyti leisti susipažinti su </w:t>
       </w:r>
-      <w:r w:rsidR="00132B1E" w:rsidRPr="0010424D">
+      <w:r w:rsidR="00BE139A" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="00132B1E" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>staigos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaizdo įrašais, kuriuose yra užfiksuotas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72AF7706" w14:textId="5090C82F" w:rsidR="00A856C5" w:rsidRPr="0010424D" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
+    <w:p w14:paraId="72AF7706" w14:textId="5090C82F" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="27971285" w:rsidRPr="0010424D">
+      <w:r w:rsidR="27971285" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. reikalauti apriboti vaizdo duomenų tvarkymą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F32C049" w14:textId="61307378" w:rsidR="00A856C5" w:rsidRPr="0010424D" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
+    <w:p w14:paraId="6F32C049" w14:textId="61307378" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0B1045BC" w:rsidRPr="0010424D">
+      <w:r w:rsidR="0B1045BC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. reikalauti ištrinti vaizdo įrašus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0907A0FE" w14:textId="39000700" w:rsidR="00A856C5" w:rsidRPr="0010424D" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
+    <w:p w14:paraId="0907A0FE" w14:textId="39000700" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="32C2C60D" w:rsidP="32C2C60D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0010424D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="7448BEE7" w:rsidRPr="0010424D">
+      <w:r w:rsidR="7448BEE7" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. reikalauti perduoti vaizdo duomenis kitam duomenų valdytojui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB70977" w14:textId="29879E18" w:rsidR="009C2570" w:rsidRPr="0010424D" w:rsidRDefault="009C2570" w:rsidP="009C2570">
+    <w:p w14:paraId="2FB70977" w14:textId="29879E18" w:rsidR="009C2570" w:rsidRPr="001A2CEF" w:rsidRDefault="009C2570" w:rsidP="009C2570">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="7B87987F" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="7B87987F" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="5519E8DA" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="5519E8DA" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Duomenų subjekto teisė žinoti apie savo asmens duomenų tvarkymą įgyvendinama šia tvarka:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF1DF5A" w14:textId="47FF3A91" w:rsidR="009C2570" w:rsidRPr="0010424D" w:rsidRDefault="009C2570" w:rsidP="00963D8F">
+    <w:p w14:paraId="1DF1DF5A" w14:textId="47FF3A91" w:rsidR="009C2570" w:rsidRPr="001A2CEF" w:rsidRDefault="009C2570" w:rsidP="00963D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="6437E5F7" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="6437E5F7" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.1.</w:t>
       </w:r>
-      <w:r w:rsidR="78878C64" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="78878C64" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>apie vykdomą vaizdo stebėjimą yra informuojama iškabinant informacines lenteles prieš patenkant į patalpas ar teritoriją, kurioje vykdomas vaizdo stebėjimas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E42CF93" w14:textId="0839DF7B" w:rsidR="009C2570" w:rsidRPr="0010424D" w:rsidRDefault="009C2570" w:rsidP="677D99FC">
+    <w:p w14:paraId="2E42CF93" w14:textId="0839DF7B" w:rsidR="009C2570" w:rsidRPr="001A2CEF" w:rsidRDefault="009C2570" w:rsidP="677D99FC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="2B5030ED" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="2B5030ED" w:rsidRPr="001A2CEF">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00963D8F" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00963D8F" w:rsidRPr="001A2CEF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:t>2. informacinėse lentelėse nurodant, kad yra vykdomas vaizdo stebėjimas, duomenų valdytojo juridinio asmens pavadinimą ir kodą, kontaktinę informaciją (adresą, el. pašto adresą ir telefono ryšio numerį), asmens duomenų tvarkymo tikslus</w:t>
       </w:r>
-      <w:r w:rsidR="00193E9A" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00193E9A" w:rsidRPr="001A2CEF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00193E9A" w:rsidRPr="0010424D">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00193E9A" w:rsidRPr="001A2CEF">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>etalesnę informaciją apie vykdomą vaizdo stebėjimą</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001A2CEF">
         <w:t xml:space="preserve"> pateikiant internetinėje svetainėje </w:t>
       </w:r>
-      <w:r w:rsidR="008B76FC" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
         <w:t>http://www.masiotas.lt.</w:t>
       </w:r>
-      <w:r w:rsidR="3B3D3478" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="3B3D3478" w:rsidRPr="001A2CEF">
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
-      <w:r w:rsidR="5589A17F" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="5589A17F" w:rsidRPr="001A2CEF">
         <w:t>nformacinė lentelė patvirtinta Taisyklių 1 priede.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497D9F16" w14:textId="6D43488A" w:rsidR="009C2570" w:rsidRPr="0010424D" w:rsidRDefault="4C8DF3D9" w:rsidP="4C8DF3D9">
+    <w:p w14:paraId="497D9F16" w14:textId="6D43488A" w:rsidR="009C2570" w:rsidRPr="001A2CEF" w:rsidRDefault="4C8DF3D9" w:rsidP="4C8DF3D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00DFAA51" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00DFAA51" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. </w:t>
       </w:r>
-      <w:r w:rsidR="619B7BF6" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="619B7BF6" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Įstaigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojai apie vaizdo stebėjimą patalpose ar teritorijoje, kuriose dirba, turi būti informuojami</w:t>
       </w:r>
-      <w:r w:rsidR="003A1DE4" w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="003A1DE4" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>, pasirašytinai susipažįstant su šiomis taisyklėmis,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0010424D">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prieš pradedant vykdyti vaizdo stebėjimą arba pirmąją darbuotojo darbo dieną, arba pirmąją darbo dieną po darbuotojo atostogų, nedarbingumo laikotarpio ir pan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B7D61E" w14:textId="141B6B94" w:rsidR="00A856C5" w:rsidRPr="00711E7F" w:rsidRDefault="00A856C5" w:rsidP="00A856C5">
+    <w:p w14:paraId="04B7D61E" w14:textId="141B6B94" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="00A856C5" w:rsidP="00A856C5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E60F4AF" w14:textId="77777777" w:rsidR="00A856C5" w:rsidRPr="00711E7F" w:rsidRDefault="00A856C5" w:rsidP="00A856C5">
+    <w:p w14:paraId="0E60F4AF" w14:textId="77777777" w:rsidR="00A856C5" w:rsidRPr="001A2CEF" w:rsidRDefault="00A856C5" w:rsidP="00A856C5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
-          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2438513A" w14:textId="1745D132" w:rsidR="005D0DED" w:rsidRPr="00711E7F" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
+    <w:p w14:paraId="2438513A" w14:textId="1745D132" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="005D0DED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>VII SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F90DFDC" w14:textId="77777777" w:rsidR="005D0DED" w:rsidRPr="00711E7F" w:rsidRDefault="005D0DED" w:rsidP="007B07C2">
+    <w:p w14:paraId="1F90DFDC" w14:textId="77777777" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="007B07C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE42986" w14:textId="0C57BB81" w:rsidR="005D0DED" w:rsidRPr="00711E7F" w:rsidRDefault="005D0DED" w:rsidP="007B07C2">
+    <w:p w14:paraId="5FE42986" w14:textId="0C57BB81" w:rsidR="005D0DED" w:rsidRPr="001A2CEF" w:rsidRDefault="005D0DED" w:rsidP="007B07C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="505"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EA91737" w14:textId="0DA60400" w:rsidR="00D144B9" w:rsidRPr="00711E7F" w:rsidRDefault="00250F4F" w:rsidP="007B07C2">
+    <w:p w14:paraId="6EA91737" w14:textId="0DA60400" w:rsidR="00D144B9" w:rsidRPr="001A2CEF" w:rsidRDefault="00250F4F" w:rsidP="007B07C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="76727E64" w:rsidRPr="589886FB">
+      <w:r w:rsidR="76727E64" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00D144B9" w:rsidRPr="589886FB">
+      <w:r w:rsidR="00D144B9" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Taisyklės peržiūrimos ir, esant poreikiui, atnaujinamos ne račiau kaip kartą per 1 metus arba </w:t>
       </w:r>
-      <w:r w:rsidR="00E52558" w:rsidRPr="589886FB">
+      <w:r w:rsidR="00E52558" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pasikeitus vaizdo duomenų tvarkymą reglamentuojantiems teisės aktams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676F3554" w14:textId="6EA43C13" w:rsidR="00E52558" w:rsidRPr="00711E7F" w:rsidRDefault="00250F4F" w:rsidP="007B07C2">
+    <w:p w14:paraId="676F3554" w14:textId="6EA43C13" w:rsidR="00E52558" w:rsidRPr="001A2CEF" w:rsidRDefault="00250F4F" w:rsidP="007B07C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589886FB">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="6D0DB7DA" w:rsidRPr="589886FB">
+      <w:r w:rsidR="6D0DB7DA" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00E52558" w:rsidRPr="589886FB">
+      <w:r w:rsidR="00E52558" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Darbuotojai, kurie yra įgalioti tvarkyti vaizdo duomenis, privalo laikytis šių Taisyklių, pagrindinių asmens duomenų tvarkymo reikalavimų bei konfidencialumo ir saugumo reikalavimų, įtvirtintų teisės aktuose ir šiose Taisyklėse. </w:t>
       </w:r>
-      <w:r w:rsidR="00F506D2">
+      <w:r w:rsidR="00F506D2" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Įstaigos </w:t>
       </w:r>
-      <w:r w:rsidR="00E52558" w:rsidRPr="589886FB">
+      <w:r w:rsidR="00E52558" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>darbuotojai pažeidę taisyklių reikalavimus, atsako teisės aktų nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D28832" w14:textId="6506C789" w:rsidR="00E52558" w:rsidRPr="00711E7F" w:rsidRDefault="00250F4F" w:rsidP="007B07C2">
+    <w:p w14:paraId="47D28832" w14:textId="6506C789" w:rsidR="00E52558" w:rsidRPr="001A2CEF" w:rsidRDefault="00250F4F" w:rsidP="007B07C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="7383EAFC" w:rsidRPr="00711E7F">
+      <w:r w:rsidR="7383EAFC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00E52558" w:rsidRPr="00711E7F">
+      <w:r w:rsidR="00E52558" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="27A2D87C" w:rsidRPr="00711E7F">
+      <w:r w:rsidR="27A2D87C" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E52558" w:rsidRPr="00711E7F">
+      <w:r w:rsidR="00E52558" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Patvirtinus Taisykles, darbuotojai su jomis supažindinami pasirašytinai</w:t>
       </w:r>
-      <w:r w:rsidR="008D7E13">
+      <w:r w:rsidR="008D7E13" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Taisyklių</w:t>
       </w:r>
-      <w:r w:rsidR="00F506D2">
+      <w:r w:rsidR="00F506D2" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 priedas</w:t>
       </w:r>
-      <w:r w:rsidR="00E52558" w:rsidRPr="00711E7F">
+      <w:r w:rsidR="00E52558" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>. Priėmus naują darbuotoją, jis su Taisyklėmis privalo būti supažindintas pirmąją darbo dieną.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2890BC" w14:textId="77777777" w:rsidR="00BC724B" w:rsidRPr="00711E7F" w:rsidRDefault="00BC724B" w:rsidP="007B07C2">
+    <w:p w14:paraId="2F2890BC" w14:textId="77777777" w:rsidR="00BC724B" w:rsidRPr="001A2CEF" w:rsidRDefault="00BC724B" w:rsidP="007B07C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="479A46E1" w14:textId="2619DE93" w:rsidR="00CE5D76" w:rsidRPr="00711E7F" w:rsidRDefault="0004797A" w:rsidP="00132B1E">
+    <w:p w14:paraId="479A46E1" w14:textId="2619DE93" w:rsidR="00CE5D76" w:rsidRPr="001A2CEF" w:rsidRDefault="0004797A" w:rsidP="00132B1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00711E7F">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049DFB03" w14:textId="77777777" w:rsidR="00CE5D76" w:rsidRPr="00711E7F" w:rsidRDefault="00CE5D76" w:rsidP="007B07C2">
+    <w:p w14:paraId="049DFB03" w14:textId="77777777" w:rsidR="00CE5D76" w:rsidRPr="001A2CEF" w:rsidRDefault="00CE5D76" w:rsidP="007B07C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E3641D3" w14:textId="480D0B3E" w:rsidR="00CE5D76" w:rsidRPr="00711E7F" w:rsidRDefault="00CE5D76" w:rsidP="589886FB">
+    <w:p w14:paraId="2E3641D3" w14:textId="480D0B3E" w:rsidR="00CE5D76" w:rsidRPr="001A2CEF" w:rsidRDefault="00CE5D76" w:rsidP="589886FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74D195CA" w14:textId="77777777" w:rsidR="00CE5D76" w:rsidRPr="00711E7F" w:rsidRDefault="00CE5D76" w:rsidP="6318FC57">
+    <w:p w14:paraId="74D195CA" w14:textId="77777777" w:rsidR="00CE5D76" w:rsidRPr="001A2CEF" w:rsidRDefault="00CE5D76" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B2C60F5" w14:textId="1C26273D" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="0B2C60F5" w14:textId="1C26273D" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="600E85E4" w14:textId="60BE882B" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="600E85E4" w14:textId="60BE882B" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46E6D434" w14:textId="68C5EDC0" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="46E6D434" w14:textId="68C5EDC0" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14CA9A23" w14:textId="4960AE29" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="14CA9A23" w14:textId="4960AE29" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CB6B63E" w14:textId="39734583" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="2CB6B63E" w14:textId="39734583" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BF03DD3" w14:textId="4B4AA3F6" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="7BF03DD3" w14:textId="4B4AA3F6" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="229B4129" w14:textId="7A61F9EA" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="229B4129" w14:textId="7A61F9EA" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53D2B0E2" w14:textId="6B374364" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="53D2B0E2" w14:textId="6B374364" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="084BAE77" w14:textId="317430A5" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="084BAE77" w14:textId="317430A5" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30CCE173" w14:textId="7FD5B341" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="30CCE173" w14:textId="7FD5B341" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19AB7A47" w14:textId="181F3F3F" w:rsidR="6318FC57" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
+    <w:p w14:paraId="19AB7A47" w14:textId="181F3F3F" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="6318FC57" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01CA0113" w14:textId="77777777" w:rsidR="00963931" w:rsidRDefault="00963931" w:rsidP="6318FC57">
+    <w:p w14:paraId="01CA0113" w14:textId="77777777" w:rsidR="00963931" w:rsidRPr="001A2CEF" w:rsidRDefault="00963931" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AD9CF28" w14:textId="60ECF1BE" w:rsidR="00CD3A7E" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
+    <w:p w14:paraId="0AD9CF28" w14:textId="60ECF1BE" w:rsidR="00CD3A7E" w:rsidRPr="001A2CEF" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D02F969" w14:textId="762726DB" w:rsidR="00CD3A7E" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
+    <w:p w14:paraId="7D02F969" w14:textId="762726DB" w:rsidR="00CD3A7E" w:rsidRPr="001A2CEF" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570A872F" w14:textId="49F0F801" w:rsidR="00CD3A7E" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
+    <w:p w14:paraId="570A872F" w14:textId="49F0F801" w:rsidR="00CD3A7E" w:rsidRPr="001A2CEF" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C6727B7" w14:textId="5C6B59CA" w:rsidR="00CD3A7E" w:rsidRDefault="00CD3A7E" w:rsidP="6318FC57">
-[...51 lines deleted...]
-    <w:p w14:paraId="074D22E2" w14:textId="53630DD2" w:rsidR="116D08EE" w:rsidRDefault="004F5C6B" w:rsidP="008B76FC">
+    <w:p w14:paraId="074D22E2" w14:textId="53630DD2" w:rsidR="116D08EE" w:rsidRPr="001A2CEF" w:rsidRDefault="004F5C6B" w:rsidP="008B76FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="008B76FC" w:rsidRPr="008B76FC">
+      <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">laipėdos Prano Mašioto progimnazijos </w:t>
       </w:r>
-      <w:r w:rsidR="116D08EE" w:rsidRPr="6318FC57">
+      <w:r w:rsidR="116D08EE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vaizdo duomenų </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A628EB8" w14:textId="6412E490" w:rsidR="116D08EE" w:rsidRDefault="116D08EE" w:rsidP="6318FC57">
+    <w:p w14:paraId="2A628EB8" w14:textId="6412E490" w:rsidR="116D08EE" w:rsidRPr="001A2CEF" w:rsidRDefault="116D08EE" w:rsidP="6318FC57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6318FC57">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               </w:t>
       </w:r>
-      <w:r w:rsidR="6E386F5B" w:rsidRPr="6318FC57">
+      <w:r w:rsidR="6E386F5B" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
-      <w:r w:rsidRPr="6318FC57">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B76FC">
+      <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="6318FC57">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tvarkymo taisyklių</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0249290B" w14:textId="25156FC8" w:rsidR="6318FC57" w:rsidRPr="004D6C39" w:rsidRDefault="116D08EE" w:rsidP="004D6C39">
+    <w:p w14:paraId="0249290B" w14:textId="25156FC8" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="116D08EE" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6318FC57">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="6318FC57">
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="166F319C" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="D13438"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="6318FC57">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="008B76FC" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="166F319C" w:rsidRPr="6318FC57">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004F5C6B" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B76FC">
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>1 priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A27C9D" w14:textId="0526B07E" w:rsidR="520F10FE" w:rsidRPr="004D6C39" w:rsidRDefault="520F10FE" w:rsidP="6049BBE7">
+    <w:p w14:paraId="78A27C9D" w14:textId="0526B07E" w:rsidR="520F10FE" w:rsidRPr="001A2CEF" w:rsidRDefault="520F10FE" w:rsidP="6049BBE7">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ, MOKSLEIVIŲ IR TURTO APSAUGOS TIKSLU</w:t>
       </w:r>
-      <w:r w:rsidR="004D6C39" w:rsidRPr="004D6C39">
+      <w:r w:rsidR="004D6C39" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TERITORIJOJE IR PATALPOSE VYKDOMAS VAIZDO STEBĖJIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0771187D" w14:textId="79D08E01" w:rsidR="6318FC57" w:rsidRDefault="004B11E1" w:rsidP="005939E0">
+    <w:p w14:paraId="0771187D" w14:textId="79D08E01" w:rsidR="6318FC57" w:rsidRPr="001A2CEF" w:rsidRDefault="004B11E1" w:rsidP="005939E0">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0696880A" wp14:editId="51F851DB">
             <wp:extent cx="4187570" cy="3137096"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="A picture containing helmet&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                            <a14:imgLayer r:embed="rId13">
+                            <a14:imgLayer r:embed="rId12">
                               <a14:imgEffect>
                                 <a14:backgroundRemoval t="6545" b="89650" l="4789" r="96693">
                                   <a14:foregroundMark x1="36602" y1="6849" x2="36602" y2="6849"/>
                                   <a14:foregroundMark x1="46978" y1="42161" x2="46978" y2="42161"/>
                                   <a14:foregroundMark x1="67047" y1="33638" x2="67047" y2="33638"/>
                                   <a14:foregroundMark x1="74458" y1="49011" x2="74458" y2="49011"/>
                                   <a14:foregroundMark x1="78107" y1="47184" x2="78107" y2="47184"/>
                                   <a14:foregroundMark x1="69099" y1="50989" x2="69099" y2="50989"/>
                                   <a14:foregroundMark x1="85519" y1="41705" x2="85519" y2="41705"/>
                                   <a14:foregroundMark x1="90878" y1="43075" x2="90878" y2="43075"/>
                                   <a14:foregroundMark x1="96807" y1="35616" x2="96807" y2="35616"/>
                                   <a14:foregroundMark x1="38198" y1="58904" x2="38198" y2="58904"/>
                                   <a14:foregroundMark x1="38426" y1="64688" x2="38426" y2="64688"/>
                                   <a14:foregroundMark x1="44812" y1="79756" x2="44812" y2="79756"/>
                                   <a14:foregroundMark x1="32611" y1="77321" x2="32611" y2="77321"/>
                                   <a14:foregroundMark x1="4789" y1="54490" x2="4789" y2="54490"/>
                                   <a14:foregroundMark x1="4675" y1="61339" x2="4675" y2="61339"/>
                                   <a14:backgroundMark x1="5815" y1="11416" x2="5815" y2="11416"/>
                                   <a14:backgroundMark x1="6157" y1="10654" x2="6157" y2="10654"/>
                                   <a14:backgroundMark x1="6727" y1="9893" x2="7526" y2="27245"/>
                                   <a14:backgroundMark x1="7526" y1="27245" x2="10604" y2="34703"/>
                                 </a14:backgroundRemoval>
                               </a14:imgEffect>
                               <a14:imgEffect>
                                 <a14:saturation sat="400000"/>
@@ -7484,9395 +6054,864 @@
                         </a:ext>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4187570" cy="3137096"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="520F10FE" w:rsidRPr="7FE5A493">
+      <w:r w:rsidR="520F10FE" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1438EB0C" w14:textId="2A39625C" w:rsidR="004D6C39" w:rsidRPr="004D6C39" w:rsidRDefault="004D6C39" w:rsidP="005939E0">
+    <w:p w14:paraId="1438EB0C" w14:textId="762DCD1D" w:rsidR="004D6C39" w:rsidRPr="001A2CEF" w:rsidRDefault="004D6C39" w:rsidP="005939E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokyklos t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D6C39">
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>eritorijos stebėjimo vaizdo d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="520F10FE" w:rsidRPr="004D6C39">
+        <w:t xml:space="preserve">išorės </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>teritorijos stebėjimo vaizdo d</w:t>
+      </w:r>
+      <w:r w:rsidR="520F10FE" w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>uomenų valdytojas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B63B3C1" w14:textId="647FC1C1" w:rsidR="520F10FE" w:rsidRPr="004D6C39" w:rsidRDefault="520F10FE" w:rsidP="005939E0">
+    <w:p w14:paraId="1B63B3C1" w14:textId="647FC1C1" w:rsidR="520F10FE" w:rsidRPr="001A2CEF" w:rsidRDefault="520F10FE" w:rsidP="005939E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005939E0" w:rsidRPr="004D6C39">
+      <w:r w:rsidR="005939E0" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UAB „Argus“ Į/k 141237452</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCBB887" w14:textId="1901C98F" w:rsidR="005939E0" w:rsidRPr="004D6C39" w:rsidRDefault="005939E0" w:rsidP="004D6C39">
+    <w:p w14:paraId="3BCBB887" w14:textId="1901C98F" w:rsidR="005939E0" w:rsidRPr="001A2CEF" w:rsidRDefault="005939E0" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Viršutinės g.25, 92258 Klaipėda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002A54F6" w14:textId="47E1C636" w:rsidR="005939E0" w:rsidRPr="004D6C39" w:rsidRDefault="005939E0" w:rsidP="004D6C39">
+    <w:p w14:paraId="002A54F6" w14:textId="47E1C636" w:rsidR="005939E0" w:rsidRPr="001A2CEF" w:rsidRDefault="005939E0" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telef. 846</w:t>
       </w:r>
-      <w:r w:rsidR="004D6C39">
+      <w:r w:rsidR="004D6C39" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>312</w:t>
       </w:r>
-      <w:r w:rsidR="004D6C39">
+      <w:r w:rsidR="004D6C39" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>449</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221A28DE" w14:textId="5F5FC189" w:rsidR="005939E0" w:rsidRPr="004D6C39" w:rsidRDefault="005939E0" w:rsidP="005939E0">
+    <w:p w14:paraId="221A28DE" w14:textId="5F5FC189" w:rsidR="005939E0" w:rsidRPr="001A2CEF" w:rsidRDefault="005939E0" w:rsidP="005939E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El.p.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="004D6C39">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="001A2CEF">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
+            <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>info@argus.lt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A2BF472" w14:textId="767F20A3" w:rsidR="520F10FE" w:rsidRDefault="520F10FE" w:rsidP="004D6C39">
+    <w:p w14:paraId="4A2BF472" w14:textId="767F20A3" w:rsidR="520F10FE" w:rsidRPr="001A2CEF" w:rsidRDefault="520F10FE" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo įrašai saugomi </w:t>
       </w:r>
-      <w:r w:rsidR="003929C8" w:rsidRPr="004D6C39">
+      <w:r w:rsidR="003929C8" w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14 dienų</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0613F66B" w14:textId="77777777" w:rsidR="004D6C39" w:rsidRPr="004D6C39" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
+    <w:p w14:paraId="0613F66B" w14:textId="77777777" w:rsidR="004D6C39" w:rsidRPr="001A2CEF" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAF9724" w14:textId="77777777" w:rsidR="004D6C39" w:rsidRPr="004D6C39" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
+    <w:p w14:paraId="2DAF9724" w14:textId="7EBE8973" w:rsidR="004D6C39" w:rsidRPr="001A2CEF" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokyklos vidaus patalpų stebėjimo vaizdo duomenų valdytojas:</w:t>
+        <w:t xml:space="preserve">Mokyklos vidaus patalpų </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0D42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir vidinio kiemo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stebėjimo vaizdo duomenų valdytojas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C802A86" w14:textId="46E11B3F" w:rsidR="004D6C39" w:rsidRPr="004D6C39" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
+    <w:p w14:paraId="2C802A86" w14:textId="46E11B3F" w:rsidR="004D6C39" w:rsidRPr="001A2CEF" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klaipėdos Prano Mašioto progimnazija Į/k 295170620</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DF1874" w14:textId="03A34739" w:rsidR="004D6C39" w:rsidRPr="004D6C39" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
+    <w:p w14:paraId="44DF1874" w14:textId="03A34739" w:rsidR="004D6C39" w:rsidRPr="001A2CEF" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Varpų g. 3, 94275 Klaipėda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F01B2B" w14:textId="164F268E" w:rsidR="004D6C39" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
+    <w:p w14:paraId="29F01B2B" w14:textId="2B0146FE" w:rsidR="004D6C39" w:rsidRPr="001A2CEF" w:rsidRDefault="004D6C39" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telef</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004D6C39">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. 846 363</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004B3DBA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F53D58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D6C39">
+        <w:t>+370 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>363</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F53D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>45 57776</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A76C55B" w14:textId="65AE91D5" w:rsidR="004B3DBA" w:rsidRDefault="004B3DBA" w:rsidP="004D6C39">
+    <w:p w14:paraId="5A76C55B" w14:textId="4F44EB8F" w:rsidR="004B3DBA" w:rsidRPr="00F53D58" w:rsidRDefault="004B3DBA" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El.p</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>El</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53D58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>.p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F53D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="002701D3">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00F53D58" w:rsidRPr="00F53D58">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
+            <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>masioto.progimnazija</w:t>
+          <w:t>progimnazija</w:t>
         </w:r>
-        <w:r w:rsidRPr="002701D3">
+        <w:r w:rsidR="00F53D58" w:rsidRPr="00F53D58">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
+            <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>@gmail.com</w:t>
+          <w:t>@masiotas.</w:t>
         </w:r>
       </w:hyperlink>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F53D58" w:rsidRPr="00F53D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F53D58" w:rsidRPr="00F53D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="751D870C" w14:textId="7A52B461" w:rsidR="004B3DBA" w:rsidRPr="001D771B" w:rsidRDefault="004B3DBA" w:rsidP="004D6C39">
+    <w:p w14:paraId="751D870C" w14:textId="64EE5822" w:rsidR="004B3DBA" w:rsidRPr="001A2CEF" w:rsidRDefault="004B3DBA" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001D771B">
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001D771B">
+        </w:rPr>
+        <w:t xml:space="preserve">Vaizdo įrašai saugomi </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001D771B">
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A2CEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>įrašai saugomi 30 dienų</w:t>
+        <w:t xml:space="preserve"> dien</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0D42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF550BF" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="001D771B" w:rsidRDefault="004B3DBA" w:rsidP="004D6C39">
+    <w:p w14:paraId="2DF550BF" w14:textId="77777777" w:rsidR="004B3DBA" w:rsidRPr="001A2CEF" w:rsidRDefault="004B3DBA" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI Emoji" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1795B27A" w14:textId="17DF5450" w:rsidR="00F506D2" w:rsidRPr="004D6C39" w:rsidRDefault="00F506D2" w:rsidP="004D6C39">
+    <w:p w14:paraId="1795B27A" w14:textId="17DF5450" w:rsidR="00F506D2" w:rsidRPr="001A2CEF" w:rsidRDefault="00F506D2" w:rsidP="004D6C39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D174820" w14:textId="77777777" w:rsidR="005939E0" w:rsidRPr="005939E0" w:rsidRDefault="005939E0" w:rsidP="005939E0">
+    <w:p w14:paraId="2D174820" w14:textId="77777777" w:rsidR="005939E0" w:rsidRPr="001A2CEF" w:rsidRDefault="005939E0" w:rsidP="005939E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="136DF3EB" w14:textId="5E3ABF19" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EC20524" w14:textId="444BEE80" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="68699AA7" w14:textId="77777777" w:rsidR="00F53D58" w:rsidRDefault="00F53D58" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="300975B9" w14:textId="75F61026" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="717BF757" w14:textId="77777777" w:rsidR="00F53D58" w:rsidRDefault="00F53D58" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BD668C1" w14:textId="6B7DA421" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="385F59B1" w14:textId="77777777" w:rsidR="00F53D58" w:rsidRDefault="00F53D58" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E0E751B" w14:textId="1BAF7509" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="5BD67E6B" w14:textId="77777777" w:rsidR="00F53D58" w:rsidRDefault="00F53D58" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3529A726" w14:textId="19FE1E38" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="373F38AD" w14:textId="77777777" w:rsidR="00F53D58" w:rsidRPr="001A2CEF" w:rsidRDefault="00F53D58" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74C843FF" w14:textId="41E58FCA" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="0EC20524" w14:textId="444BEE80" w:rsidR="00BB5094" w:rsidRPr="001A2CEF" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="532FCBFC" w14:textId="6BB15929" w:rsidR="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="300975B9" w14:textId="75F61026" w:rsidR="00BB5094" w:rsidRPr="001A2CEF" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C33319E" w14:textId="59250265" w:rsidR="00BB5094" w:rsidRPr="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
+    <w:p w14:paraId="4E0E751B" w14:textId="1BAF7509" w:rsidR="00BB5094" w:rsidRPr="001A2CEF" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5094">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="530383E4" w14:textId="758D03CE" w:rsidR="00BB5094" w:rsidRPr="00BB5094" w:rsidRDefault="00BB5094" w:rsidP="00BB5094">
-[...8586 lines deleted...]
-    <w:sectPr w:rsidR="00560344" w:rsidRPr="00560344" w:rsidSect="0043443A">
+    <w:sectPr w:rsidR="00BB5094" w:rsidRPr="001A2CEF" w:rsidSect="0043443A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57E0DB58" w14:textId="77777777" w:rsidR="00E4474F" w:rsidRDefault="00E4474F" w:rsidP="009C2570">
+    <w:p w14:paraId="580CE176" w14:textId="77777777" w:rsidR="00445126" w:rsidRDefault="00445126" w:rsidP="009C2570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37A229D4" w14:textId="77777777" w:rsidR="00E4474F" w:rsidRDefault="00E4474F" w:rsidP="009C2570">
+    <w:p w14:paraId="02440FF0" w14:textId="77777777" w:rsidR="00445126" w:rsidRDefault="00445126" w:rsidP="009C2570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1646278E" w14:textId="77777777" w:rsidR="00E4474F" w:rsidRDefault="00E4474F">
+    <w:p w14:paraId="6A6DD8A1" w14:textId="77777777" w:rsidR="00445126" w:rsidRDefault="00445126">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesLT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C41242E" w14:textId="77777777" w:rsidR="00E4474F" w:rsidRDefault="00E4474F" w:rsidP="009C2570">
+    <w:p w14:paraId="605EB9E3" w14:textId="77777777" w:rsidR="00445126" w:rsidRDefault="00445126" w:rsidP="009C2570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55C7941A" w14:textId="77777777" w:rsidR="00E4474F" w:rsidRDefault="00E4474F" w:rsidP="009C2570">
+    <w:p w14:paraId="12C4C975" w14:textId="77777777" w:rsidR="00445126" w:rsidRDefault="00445126" w:rsidP="009C2570">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BC8EA53" w14:textId="77777777" w:rsidR="00E4474F" w:rsidRDefault="00E4474F">
+    <w:p w14:paraId="6C8EFD99" w14:textId="77777777" w:rsidR="00445126" w:rsidRDefault="00445126">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FC6F3E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EDF0926A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1200" w:hanging="480"/>
       </w:pPr>
@@ -19680,368 +9719,398 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1012301424">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="252131924">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1454785457">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="716469223">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1852334903">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="506748884">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="176694203">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1691179106">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="860701630">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1131247817">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="999692908">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="262612555">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1351908588">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1397777264">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1428185792">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1310668262">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1957177412">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1767118105">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="859662932">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="70275886">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1458598696">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1271936722">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1389841531">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1371875074">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="579339333">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A9449E"/>
     <w:rsid w:val="00005647"/>
     <w:rsid w:val="00037A26"/>
     <w:rsid w:val="00042E10"/>
     <w:rsid w:val="0004797A"/>
     <w:rsid w:val="0005405D"/>
     <w:rsid w:val="00081BE0"/>
     <w:rsid w:val="00091A9F"/>
     <w:rsid w:val="00091C90"/>
     <w:rsid w:val="000A00B5"/>
+    <w:rsid w:val="000B0231"/>
     <w:rsid w:val="000B2A05"/>
+    <w:rsid w:val="000B4C99"/>
     <w:rsid w:val="000C0577"/>
     <w:rsid w:val="000C3F82"/>
     <w:rsid w:val="0010424D"/>
     <w:rsid w:val="00115C5C"/>
     <w:rsid w:val="00116095"/>
     <w:rsid w:val="00120DFE"/>
     <w:rsid w:val="00132B1E"/>
     <w:rsid w:val="001343C2"/>
     <w:rsid w:val="00150B29"/>
     <w:rsid w:val="00154218"/>
+    <w:rsid w:val="0017618A"/>
     <w:rsid w:val="0018597D"/>
     <w:rsid w:val="001871F6"/>
     <w:rsid w:val="00190085"/>
     <w:rsid w:val="00193E9A"/>
+    <w:rsid w:val="001A2CEF"/>
     <w:rsid w:val="001D00FF"/>
     <w:rsid w:val="001D771B"/>
     <w:rsid w:val="001F5804"/>
     <w:rsid w:val="00201E69"/>
     <w:rsid w:val="0023205A"/>
     <w:rsid w:val="00232E60"/>
     <w:rsid w:val="00250F4F"/>
     <w:rsid w:val="0025543B"/>
     <w:rsid w:val="00285F68"/>
     <w:rsid w:val="002914B5"/>
     <w:rsid w:val="00295750"/>
     <w:rsid w:val="00320E87"/>
     <w:rsid w:val="00370157"/>
     <w:rsid w:val="0037576A"/>
+    <w:rsid w:val="00375985"/>
     <w:rsid w:val="003929C8"/>
+    <w:rsid w:val="00392A14"/>
     <w:rsid w:val="003949D3"/>
     <w:rsid w:val="003A1DE4"/>
     <w:rsid w:val="003A5A5D"/>
     <w:rsid w:val="003A7405"/>
     <w:rsid w:val="003E52FF"/>
     <w:rsid w:val="00407FCD"/>
     <w:rsid w:val="0043443A"/>
     <w:rsid w:val="00437820"/>
     <w:rsid w:val="004429B9"/>
+    <w:rsid w:val="00445126"/>
     <w:rsid w:val="0046196A"/>
     <w:rsid w:val="004760C2"/>
     <w:rsid w:val="00476639"/>
+    <w:rsid w:val="004903E9"/>
     <w:rsid w:val="004946AD"/>
     <w:rsid w:val="004A09B2"/>
     <w:rsid w:val="004A175E"/>
     <w:rsid w:val="004B11E1"/>
     <w:rsid w:val="004B3DBA"/>
     <w:rsid w:val="004D0477"/>
     <w:rsid w:val="004D6C39"/>
     <w:rsid w:val="004E4204"/>
     <w:rsid w:val="004F5C6B"/>
     <w:rsid w:val="00524401"/>
+    <w:rsid w:val="00525300"/>
+    <w:rsid w:val="005271E8"/>
     <w:rsid w:val="00541154"/>
     <w:rsid w:val="00542C74"/>
     <w:rsid w:val="005469B5"/>
     <w:rsid w:val="00550BAE"/>
     <w:rsid w:val="00554761"/>
     <w:rsid w:val="00555CAB"/>
     <w:rsid w:val="00560344"/>
     <w:rsid w:val="005824ED"/>
     <w:rsid w:val="00583F94"/>
     <w:rsid w:val="00590C7B"/>
     <w:rsid w:val="005939E0"/>
     <w:rsid w:val="005A77B0"/>
     <w:rsid w:val="005B4B0B"/>
     <w:rsid w:val="005C0C09"/>
     <w:rsid w:val="005C3610"/>
+    <w:rsid w:val="005D0073"/>
     <w:rsid w:val="005D0DED"/>
     <w:rsid w:val="005D5409"/>
+    <w:rsid w:val="005D58A9"/>
     <w:rsid w:val="00604DB5"/>
     <w:rsid w:val="006121B1"/>
     <w:rsid w:val="00640AE5"/>
     <w:rsid w:val="00664999"/>
     <w:rsid w:val="00684D91"/>
     <w:rsid w:val="006A00F4"/>
     <w:rsid w:val="006B1AE9"/>
     <w:rsid w:val="006B1EE3"/>
     <w:rsid w:val="006B5D1D"/>
     <w:rsid w:val="006C2CCA"/>
     <w:rsid w:val="00711E7F"/>
     <w:rsid w:val="00724CAC"/>
     <w:rsid w:val="00727B83"/>
     <w:rsid w:val="007436FD"/>
+    <w:rsid w:val="0075045D"/>
     <w:rsid w:val="00785FBE"/>
     <w:rsid w:val="007A3640"/>
     <w:rsid w:val="007A6526"/>
     <w:rsid w:val="007B07C2"/>
     <w:rsid w:val="007C516D"/>
     <w:rsid w:val="007F3BF2"/>
     <w:rsid w:val="00801528"/>
     <w:rsid w:val="00804BDA"/>
     <w:rsid w:val="008333EA"/>
     <w:rsid w:val="0088008A"/>
     <w:rsid w:val="008A5BAA"/>
+    <w:rsid w:val="008B49AA"/>
     <w:rsid w:val="008B76FC"/>
     <w:rsid w:val="008C61E4"/>
     <w:rsid w:val="008C7A1E"/>
     <w:rsid w:val="008D1BCC"/>
     <w:rsid w:val="008D7E13"/>
+    <w:rsid w:val="008E28DE"/>
     <w:rsid w:val="008F08DE"/>
     <w:rsid w:val="008F6B5D"/>
     <w:rsid w:val="008F79FE"/>
     <w:rsid w:val="009118BB"/>
+    <w:rsid w:val="0091386B"/>
     <w:rsid w:val="00932A34"/>
     <w:rsid w:val="00933068"/>
     <w:rsid w:val="009366D7"/>
     <w:rsid w:val="00960955"/>
     <w:rsid w:val="00963931"/>
     <w:rsid w:val="00963D8F"/>
+    <w:rsid w:val="00964A3A"/>
     <w:rsid w:val="009716AD"/>
     <w:rsid w:val="00972F91"/>
     <w:rsid w:val="00992343"/>
     <w:rsid w:val="0099295A"/>
     <w:rsid w:val="00995B6C"/>
     <w:rsid w:val="009A13F7"/>
     <w:rsid w:val="009A3025"/>
     <w:rsid w:val="009A63CB"/>
     <w:rsid w:val="009C2570"/>
+    <w:rsid w:val="009F5CAC"/>
     <w:rsid w:val="009F79BA"/>
     <w:rsid w:val="00A05957"/>
+    <w:rsid w:val="00A17588"/>
     <w:rsid w:val="00A176FE"/>
     <w:rsid w:val="00A2118D"/>
     <w:rsid w:val="00A23F97"/>
     <w:rsid w:val="00A3222F"/>
     <w:rsid w:val="00A40FEB"/>
     <w:rsid w:val="00A478AA"/>
     <w:rsid w:val="00A5735C"/>
     <w:rsid w:val="00A60098"/>
     <w:rsid w:val="00A82A9C"/>
     <w:rsid w:val="00A856C5"/>
     <w:rsid w:val="00A9449E"/>
     <w:rsid w:val="00AB20FE"/>
+    <w:rsid w:val="00AB4A46"/>
+    <w:rsid w:val="00AB4F86"/>
     <w:rsid w:val="00AC3D50"/>
     <w:rsid w:val="00AD71FE"/>
     <w:rsid w:val="00AF15C1"/>
     <w:rsid w:val="00B00E9F"/>
     <w:rsid w:val="00B06671"/>
     <w:rsid w:val="00B12B53"/>
     <w:rsid w:val="00B15F33"/>
     <w:rsid w:val="00B217A4"/>
     <w:rsid w:val="00B33FCA"/>
+    <w:rsid w:val="00B42779"/>
     <w:rsid w:val="00B448B4"/>
     <w:rsid w:val="00B51C29"/>
     <w:rsid w:val="00B861D2"/>
     <w:rsid w:val="00B90090"/>
     <w:rsid w:val="00BA12AD"/>
     <w:rsid w:val="00BB5094"/>
     <w:rsid w:val="00BC565F"/>
     <w:rsid w:val="00BC724B"/>
+    <w:rsid w:val="00BE139A"/>
+    <w:rsid w:val="00BF2B8B"/>
     <w:rsid w:val="00BF724E"/>
+    <w:rsid w:val="00C0478D"/>
     <w:rsid w:val="00C3650B"/>
     <w:rsid w:val="00C53B2A"/>
     <w:rsid w:val="00C81057"/>
     <w:rsid w:val="00C86538"/>
+    <w:rsid w:val="00CA0D42"/>
     <w:rsid w:val="00CB45F4"/>
     <w:rsid w:val="00CB6492"/>
     <w:rsid w:val="00CC389A"/>
     <w:rsid w:val="00CD3A7E"/>
     <w:rsid w:val="00CE3428"/>
     <w:rsid w:val="00CE5D76"/>
     <w:rsid w:val="00CF4656"/>
     <w:rsid w:val="00CF7626"/>
     <w:rsid w:val="00D011A1"/>
     <w:rsid w:val="00D144B9"/>
     <w:rsid w:val="00D257A3"/>
     <w:rsid w:val="00D356AC"/>
     <w:rsid w:val="00D43F68"/>
     <w:rsid w:val="00D54EA3"/>
     <w:rsid w:val="00D80134"/>
     <w:rsid w:val="00DA5B89"/>
     <w:rsid w:val="00DC105D"/>
     <w:rsid w:val="00DC6AE9"/>
+    <w:rsid w:val="00DE3DD5"/>
     <w:rsid w:val="00DF7F54"/>
     <w:rsid w:val="00DFAA51"/>
     <w:rsid w:val="00E214AA"/>
     <w:rsid w:val="00E33F5A"/>
     <w:rsid w:val="00E33FBF"/>
     <w:rsid w:val="00E34E8E"/>
     <w:rsid w:val="00E4474F"/>
     <w:rsid w:val="00E52558"/>
     <w:rsid w:val="00E56EA4"/>
+    <w:rsid w:val="00E57A3C"/>
+    <w:rsid w:val="00E61182"/>
     <w:rsid w:val="00E641AE"/>
     <w:rsid w:val="00E70CB1"/>
     <w:rsid w:val="00E7292F"/>
     <w:rsid w:val="00E749A9"/>
     <w:rsid w:val="00E872BA"/>
     <w:rsid w:val="00E93250"/>
     <w:rsid w:val="00E97909"/>
     <w:rsid w:val="00EA4306"/>
     <w:rsid w:val="00EA618E"/>
     <w:rsid w:val="00EB3D35"/>
     <w:rsid w:val="00ED0556"/>
     <w:rsid w:val="00ED05EB"/>
     <w:rsid w:val="00EDABDD"/>
     <w:rsid w:val="00EE5386"/>
     <w:rsid w:val="00F01367"/>
     <w:rsid w:val="00F25932"/>
     <w:rsid w:val="00F32458"/>
     <w:rsid w:val="00F33792"/>
     <w:rsid w:val="00F50573"/>
     <w:rsid w:val="00F506D2"/>
+    <w:rsid w:val="00F53D58"/>
     <w:rsid w:val="00F77633"/>
     <w:rsid w:val="00F84D5F"/>
     <w:rsid w:val="00F929F3"/>
     <w:rsid w:val="00FD3110"/>
     <w:rsid w:val="00FE470D"/>
     <w:rsid w:val="02EBC062"/>
     <w:rsid w:val="03561BF1"/>
     <w:rsid w:val="03E28451"/>
     <w:rsid w:val="04A84810"/>
     <w:rsid w:val="04C62805"/>
     <w:rsid w:val="0543F89A"/>
     <w:rsid w:val="0572866A"/>
     <w:rsid w:val="0577A4D8"/>
     <w:rsid w:val="06B233BE"/>
     <w:rsid w:val="07381A82"/>
     <w:rsid w:val="083FE988"/>
     <w:rsid w:val="09C58FBD"/>
     <w:rsid w:val="09EEEBC8"/>
     <w:rsid w:val="0A24758A"/>
     <w:rsid w:val="0A35A6EE"/>
     <w:rsid w:val="0B1045BC"/>
     <w:rsid w:val="0C684BB1"/>
     <w:rsid w:val="0D34E6A9"/>
     <w:rsid w:val="0DB0D52A"/>
     <w:rsid w:val="0DB4FAF2"/>
@@ -20200,67 +10269,67 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="636ECABC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3A2FAB79-56F5-467D-A52D-DE764AFC6369}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20592,50 +10661,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -20946,51 +11016,51 @@
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005939E0"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005939E0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="145901606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="321936471">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -26001,234 +16071,256 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2077584341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:masioto.progimnazija@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@argus.lt" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@argus.lt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:progimnazija@masiotas.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C0F5ACED-4451-42E1-8504-E99C6E5E086C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00742286" w:rsidRDefault="00DB65B3">
           <w:r w:rsidRPr="00A73636">
             <w:rPr>
               <w:rStyle w:val="Vietosrezervavimoenklotekstas"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesLT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB65B3"/>
     <w:rsid w:val="00053E7C"/>
+    <w:rsid w:val="00054D45"/>
+    <w:rsid w:val="000B0231"/>
     <w:rsid w:val="000E4A53"/>
     <w:rsid w:val="00272F2F"/>
+    <w:rsid w:val="002D3A40"/>
     <w:rsid w:val="0030145D"/>
+    <w:rsid w:val="00375985"/>
+    <w:rsid w:val="00622C7F"/>
+    <w:rsid w:val="00626323"/>
     <w:rsid w:val="006762D5"/>
     <w:rsid w:val="00742286"/>
     <w:rsid w:val="00A6354A"/>
+    <w:rsid w:val="00AB4A46"/>
     <w:rsid w:val="00AE5EFD"/>
+    <w:rsid w:val="00AE7BCD"/>
     <w:rsid w:val="00AF3137"/>
+    <w:rsid w:val="00BF2B8B"/>
+    <w:rsid w:val="00C14FCF"/>
     <w:rsid w:val="00C47C6D"/>
     <w:rsid w:val="00CE4B10"/>
     <w:rsid w:val="00D14704"/>
     <w:rsid w:val="00D8524A"/>
     <w:rsid w:val="00DB65B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -26560,94 +16652,95 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Vietosrezervavimoenklotekstas">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB65B3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -26887,58 +16980,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100553D946A9FB47A49B236A8E698A60841" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7720064e56fc5a4816bd3c960351824b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7eaefedc-01e4-4174-a326-7eaeb9a7dc2c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="82427d07fc6f9163e05fc4b9db402e0e" ns2:_="">
     <xsd:import namespace="7eaefedc-01e4-4174-a326-7eaeb9a7dc2c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:Action"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7eaefedc-01e4-4174-a326-7eaeb9a7dc2c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -27048,144 +17133,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Action xmlns="7eaefedc-01e4-4174-a326-7eaeb9a7dc2c">Add to Archive</Action>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C738E6E-AC20-4E03-B939-C03AD2E0FFBB}">
-[...8 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97360692-C298-401D-93E2-AADD0DE9A524}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7eaefedc-01e4-4174-a326-7eaeb9a7dc2c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC8CDD5-817C-4D10-8978-5692CEAE753B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C738E6E-AC20-4E03-B939-C03AD2E0FFBB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7eaefedc-01e4-4174-a326-7eaeb9a7dc2c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE52A31C-07D7-4F9C-90D0-E0671216C1FA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{268E42F1-44EA-4FDE-A26D-FE8E91A95F23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>13139</Characters>
+  <Pages>5</Pages>
+  <Words>1622</Words>
+  <Characters>9250</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15414</CharactersWithSpaces>
+  <CharactersWithSpaces>10851</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RENATA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100553D946A9FB47A49B236A8E698A60841</vt:lpwstr>