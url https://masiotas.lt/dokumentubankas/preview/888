--- v0 (2025-12-06)
+++ v1 (2026-03-18)
@@ -1,284 +1,264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mokytoja1\Desktop\I pusmetis 2024-2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mokytoja1\Desktop\2025-2026 trimestrinės ataskitos\I pusmetis 2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49686E6E-7BF7-40D4-B0ED-3428F79C0B77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52DE399E-5C20-4A85-9D08-02C7FFCE0453}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="25930" yWindow="740" windowWidth="18780" windowHeight="18410" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapas1" sheetId="1" r:id="rId1"/>
     <sheet name="Lapas2" sheetId="2" r:id="rId2"/>
     <sheet name="Lapas3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
+  <fileRecoveryPr repairLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>1c klasė</t>
   </si>
   <si>
     <t>2c klasė</t>
   </si>
   <si>
     <t>3b klasė</t>
   </si>
   <si>
     <t>Dėkojame ir džiaugiamės  Jūsų   puikiu mokyklos lankymu</t>
   </si>
   <si>
     <t>1a klasė</t>
   </si>
   <si>
-    <t>5a klasė</t>
-[...4 lines deleted...]
-  <si>
     <t>6c klasė</t>
   </si>
   <si>
-    <t>8a klasė</t>
-[...1 lines deleted...]
-  <si>
     <t>1b klasė</t>
   </si>
   <si>
     <t>2b klasė</t>
   </si>
   <si>
     <t>3c klasė</t>
   </si>
   <si>
-    <t>4aklasė</t>
-[...1 lines deleted...]
-  <si>
     <t>4c klasė</t>
   </si>
   <si>
     <t>7b klasė</t>
   </si>
   <si>
-    <t>Tėja S.</t>
-[...1 lines deleted...]
-  <si>
     <t>Tadas C.</t>
   </si>
   <si>
     <t>Nojus K.</t>
   </si>
   <si>
-    <t>Dominykas O.</t>
-[...16 lines deleted...]
-  <si>
     <t>Haroldas S.</t>
   </si>
   <si>
-    <t>Izabelė G.</t>
-[...13 lines deleted...]
-  <si>
     <t>Mykolas P.</t>
   </si>
   <si>
     <t>3a klasė</t>
   </si>
   <si>
-    <t>Liepa G.</t>
-[...1 lines deleted...]
-  <si>
     <t>Arijus J.</t>
   </si>
   <si>
-    <t>Jonas P.</t>
-[...13 lines deleted...]
-  <si>
     <t>Arnas Ž.</t>
   </si>
   <si>
-    <t>Danil G.</t>
-[...1 lines deleted...]
-  <si>
     <t>Arijus K.</t>
   </si>
   <si>
-    <t>Arijus Š.</t>
-[...1 lines deleted...]
-  <si>
     <t>Kamilė Ž.</t>
   </si>
   <si>
-    <t>Jolita J.</t>
-[...4 lines deleted...]
-  <si>
     <t>Ridas N.</t>
   </si>
   <si>
-    <t>Austėja Š.</t>
-[...7 lines deleted...]
-  <si>
     <t>5c klasė</t>
   </si>
   <si>
-    <t>Vilius B.</t>
-[...37 lines deleted...]
-  <si>
     <t>8c klasė</t>
   </si>
   <si>
-    <t>Perla Č.</t>
-[...8 lines deleted...]
-    <t>(2024-2025 m.m. I pusmetį nepraleido nei vienos pamokos  47 mokiniai)</t>
+    <t>Gabija G.</t>
+  </si>
+  <si>
+    <t>Tomas M.</t>
+  </si>
+  <si>
+    <t>Domas V.</t>
+  </si>
+  <si>
+    <t>Ieva S.</t>
+  </si>
+  <si>
+    <t>Eva D.</t>
+  </si>
+  <si>
+    <t>Ema U.</t>
+  </si>
+  <si>
+    <t>Luknė M.</t>
+  </si>
+  <si>
+    <t>Emilė P.</t>
+  </si>
+  <si>
+    <t>Artiom Š.</t>
+  </si>
+  <si>
+    <t>Dovydas G.</t>
+  </si>
+  <si>
+    <t>Enrika B.</t>
+  </si>
+  <si>
+    <t>Arnas M.</t>
+  </si>
+  <si>
+    <t>Matas M.</t>
+  </si>
+  <si>
+    <t>Kristupas S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adomas J.</t>
+  </si>
+  <si>
+    <t>Adamas L.</t>
+  </si>
+  <si>
+    <t>Austėja Ž.</t>
+  </si>
+  <si>
+    <t>Ema M.</t>
+  </si>
+  <si>
+    <t>4a klasė</t>
+  </si>
+  <si>
+    <t>4b klasė</t>
+  </si>
+  <si>
+    <t>Aironas Jonas V.</t>
+  </si>
+  <si>
+    <t>Adrija K.</t>
+  </si>
+  <si>
+    <t>Leila K.</t>
+  </si>
+  <si>
+    <t>Jokūbas P.</t>
+  </si>
+  <si>
+    <t>Domantas S.</t>
+  </si>
+  <si>
+    <t>Eva U.</t>
+  </si>
+  <si>
+    <t>5aklasė</t>
+  </si>
+  <si>
+    <t>Tėja G.</t>
+  </si>
+  <si>
+    <t>Amelija K.</t>
+  </si>
+  <si>
+    <t>Lukas L.</t>
+  </si>
+  <si>
+    <t>Patricija J.</t>
+  </si>
+  <si>
+    <t>Rokas L.</t>
+  </si>
+  <si>
+    <t>6a klasė</t>
+  </si>
+  <si>
+    <t>6b klasė</t>
+  </si>
+  <si>
+    <t>Rugilė J.</t>
+  </si>
+  <si>
+    <t>Elzė Š.</t>
+  </si>
+  <si>
+    <t>Andrėja P.</t>
+  </si>
+  <si>
+    <t>Martyna M.</t>
+  </si>
+  <si>
+    <t>(2025-2026 m.m. I pusmetį nepraleido nei vienos pamokos  42 mokiniai)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -304,137 +284,124 @@
     <font>
       <i/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...7 lines deleted...]
-    <font>
       <sz val="11"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="16"/>
-      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -703,601 +670,575 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I77"/>
+  <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G11" sqref="G9:J11"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="14.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="16.85546875" customWidth="1"/>
+    <col min="2" max="2" width="14.5546875" customWidth="1"/>
+    <col min="3" max="3" width="38.44140625" customWidth="1"/>
+    <col min="4" max="4" width="16.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
     </row>
-    <row r="2" spans="1:9" ht="21" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-    <row r="3" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:8" ht="21" x14ac:dyDescent="0.4">
+      <c r="A2" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+    </row>
+    <row r="3" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="5"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
     </row>
-    <row r="4" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="5"/>
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5"/>
+      <c r="C4" s="5"/>
+    </row>
+    <row r="5" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="5"/>
+      <c r="B5" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="14" t="s">
-[...11 lines deleted...]
-    <row r="6" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="5" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="5"/>
-      <c r="B6" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B6" s="5"/>
       <c r="C6" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="5"/>
-      <c r="B7" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B7" s="5"/>
       <c r="C7" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="5"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="5"/>
       <c r="B9" s="7" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="5"/>
-      <c r="B10" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B10" s="5"/>
       <c r="C10" s="5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="5"/>
-      <c r="B11" s="5"/>
+      <c r="B11" s="7" t="s">
+        <v>0</v>
+      </c>
       <c r="C11" s="5" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="5"/>
       <c r="B12" s="5"/>
       <c r="C12" s="5" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="5"/>
-      <c r="B13" s="7" t="s">
+      <c r="B13" s="5"/>
+      <c r="C13" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="5"/>
+      <c r="B14" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="5"/>
+      <c r="B15" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...12 lines deleted...]
-      <c r="B15" s="13"/>
       <c r="C15" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" ht="21" x14ac:dyDescent="0.35">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="5"/>
-      <c r="B16" s="5"/>
+      <c r="B16" s="7"/>
       <c r="C16" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A17" s="5"/>
-      <c r="B17" s="7"/>
+      <c r="B17" s="5"/>
       <c r="C17" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A18" s="5"/>
-      <c r="B18" s="13"/>
+      <c r="B18" s="7" t="s">
+        <v>15</v>
+      </c>
       <c r="C18" s="5" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A19" s="5"/>
-      <c r="B19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B19" s="7"/>
       <c r="C19" s="5" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="5"/>
       <c r="B20" s="7"/>
       <c r="C20" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A21" s="5"/>
-      <c r="B21" s="7"/>
+      <c r="B21" s="7" t="s">
+        <v>2</v>
+      </c>
       <c r="C21" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="5"/>
-      <c r="B22" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B22" s="5"/>
       <c r="C22" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A23" s="5"/>
-      <c r="B23" s="7"/>
+      <c r="B23" s="5"/>
       <c r="C23" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A24" s="5"/>
       <c r="B24" s="7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A25" s="5"/>
-      <c r="B25" s="7"/>
+      <c r="B25" s="5"/>
       <c r="C25" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A26" s="5"/>
-      <c r="B26" s="13"/>
+      <c r="B26" s="7"/>
       <c r="C26" s="5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A27" s="5"/>
       <c r="B27" s="7" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A28" s="5"/>
       <c r="B28" s="7"/>
       <c r="C28" s="5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A29" s="5"/>
-      <c r="B29" s="13"/>
+      <c r="B29" s="7" t="s">
+        <v>42</v>
+      </c>
       <c r="C29" s="5" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A30" s="5"/>
-      <c r="B30" s="5"/>
+      <c r="B30" s="7"/>
       <c r="C30" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A31" s="5"/>
-      <c r="B31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="7"/>
       <c r="C31" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A32" s="5"/>
-      <c r="B32" s="5"/>
+      <c r="B32" s="7"/>
       <c r="C32" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A33" s="5"/>
-      <c r="B33" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B33" s="7"/>
       <c r="C33" s="5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A34" s="5"/>
-      <c r="B34" s="7"/>
+      <c r="B34" s="7" t="s">
+        <v>9</v>
+      </c>
       <c r="C34" s="5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A35" s="5"/>
       <c r="B35" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A36" s="5"/>
-      <c r="B36" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B36" s="7"/>
       <c r="C36" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A37" s="5"/>
       <c r="B37" s="7"/>
       <c r="C37" s="5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A38" s="5"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="5" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="38" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="C38" s="5" t="s">
+    <row r="39" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A39" s="5"/>
+      <c r="B39" s="5"/>
+      <c r="C39" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A40" s="5"/>
+      <c r="B40" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="5" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="39" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C39" s="5" t="s">
+    <row r="41" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A41" s="5"/>
+      <c r="C41" s="5" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="40" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C40" s="5" t="s">
+    <row r="42" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A42" s="5"/>
+      <c r="B42" s="7" t="s">
         <v>55</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B42" s="13"/>
       <c r="C42" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A43" s="5"/>
       <c r="B43" s="7" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C43" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A44" s="5"/>
+      <c r="B44" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="C44" s="5" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="44" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-    <row r="45" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A45" s="5"/>
       <c r="B45" s="7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A46" s="5"/>
+      <c r="B46" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C46" s="8" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="46" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-    <row r="47" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="5"/>
-      <c r="B47" s="7" t="s">
-[...6 lines deleted...]
-    <row r="48" spans="1:3" ht="21" x14ac:dyDescent="0.35">
+      <c r="B47" s="10"/>
+      <c r="C47" s="5"/>
+    </row>
+    <row r="48" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A48" s="5"/>
-      <c r="B48" s="7" t="s">
-[...6 lines deleted...]
-    <row r="49" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="10"/>
+      <c r="C48" s="8"/>
+    </row>
+    <row r="49" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A49" s="5"/>
-      <c r="B49" s="13"/>
-[...4 lines deleted...]
-    <row r="50" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+      <c r="B49" s="7"/>
+      <c r="C49" s="8"/>
+    </row>
+    <row r="50" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A50" s="5"/>
-      <c r="B50" s="13"/>
-[...4 lines deleted...]
-    <row r="51" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+      <c r="C50" s="7"/>
+    </row>
+    <row r="51" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A51" s="5"/>
       <c r="B51" s="7"/>
-      <c r="C51" s="8"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+      <c r="C51" s="7"/>
+    </row>
+    <row r="52" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A52" s="5"/>
+      <c r="B52" s="7"/>
       <c r="C52" s="7"/>
     </row>
-    <row r="53" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A53" s="5"/>
-      <c r="B53" s="7"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+    </row>
+    <row r="54" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A54" s="5"/>
-      <c r="B54" s="7"/>
-[...2 lines deleted...]
-    <row r="55" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+    </row>
+    <row r="55" spans="1:6" ht="21" x14ac:dyDescent="0.4">
       <c r="A55" s="5"/>
     </row>
-    <row r="56" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:6" ht="18.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A56" s="5"/>
-    </row>
-[...4 lines deleted...]
-      <c r="A58" s="5"/>
+      <c r="B56" s="1"/>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6"/>
+      <c r="F56" s="6"/>
+    </row>
+    <row r="57" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="B57" s="1"/>
+      <c r="C57" s="1"/>
+    </row>
+    <row r="58" spans="1:6" ht="18" x14ac:dyDescent="0.35">
       <c r="B58" s="1"/>
-      <c r="C58" s="6"/>
-[...22 lines deleted...]
-    <row r="63" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="C58" s="1"/>
+    </row>
+    <row r="59" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A59" s="11"/>
+      <c r="B59" s="11"/>
+      <c r="C59" s="11"/>
+    </row>
+    <row r="60" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A60" s="3"/>
+      <c r="B60" s="3"/>
+      <c r="C60" s="3"/>
+    </row>
+    <row r="61" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+    </row>
+    <row r="62" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+    </row>
+    <row r="63" spans="1:6" ht="18" x14ac:dyDescent="0.35">
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
-    <row r="64" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:6" ht="18" x14ac:dyDescent="0.35">
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
-    <row r="65" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
-    <row r="66" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="66" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
-    <row r="67" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
-    <row r="68" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="68" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
-    <row r="69" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="69" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
     </row>
-    <row r="70" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="70" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
-    <row r="71" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="71" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
-    <row r="72" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="72" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
-    <row r="73" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="73" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
-    <row r="74" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="74" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
     </row>
-    <row r="75" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="75" spans="2:3" ht="18" x14ac:dyDescent="0.35">
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
     </row>
-    <row r="76" spans="2:3" ht="18.75" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A59:C59"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Lapas1</vt:lpstr>
       <vt:lpstr>Lapas2</vt:lpstr>
       <vt:lpstr>Lapas3</vt:lpstr>