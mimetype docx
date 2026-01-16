--- v0 (2025-12-06)
+++ v1 (2026-01-16)
@@ -28,64 +28,70 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F7FCF1" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="00BE229D" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE229D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>KLAIPĖDOS P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>RANO MAŠIOTO PROGIMNAZIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AFA687" w14:textId="04622B52" w:rsidR="00BF12E2" w:rsidRPr="00553524" w:rsidRDefault="00553524" w:rsidP="00BF12E2">
+    <w:p w14:paraId="69AFA687" w14:textId="4E73B045" w:rsidR="00BF12E2" w:rsidRPr="001113FA" w:rsidRDefault="00295684" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00553524">
+      <w:r w:rsidRPr="001113FA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>GRUODŽIO</w:t>
+        <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00BF12E2" w:rsidRPr="00553524">
+      <w:r w:rsidR="001113FA" w:rsidRPr="001113FA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>AUSIO</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF12E2" w:rsidRPr="001113FA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> MĖNESIO VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12948859" w14:textId="30E6A7C9" w:rsidR="00BF12E2" w:rsidRDefault="008D299D" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00300AEE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
@@ -126,8302 +132,5752 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF12E2" w:rsidRPr="00BE229D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="673F891C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B7BDBA7" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15315" w:type="dxa"/>
+        <w:tblW w:w="15309" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1731"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5557"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="4962"/>
         <w:gridCol w:w="2097"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2409"/>
-        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE2522" w:rsidRPr="00BE3023" w14:paraId="2662CB24" w14:textId="77777777" w:rsidTr="00BA54B4">
-[...6 lines deleted...]
-            <w:tcW w:w="1731" w:type="dxa"/>
+      <w:tr w:rsidR="00EE2522" w:rsidRPr="00BE3023" w14:paraId="2662CB24" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29A65F66" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870C5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EA69BB3" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870C5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5557" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08B02575" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870C5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Veiklos pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68999DB1" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="0013684D">
+          <w:p w14:paraId="68999DB1" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="00582EE7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870C5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Dalyviai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6843853C" w14:textId="5C15F661" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="005B0A8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870C5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="015B4B42" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870C5D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Atsakingas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004458C9" w:rsidRPr="00FF071E" w14:paraId="4C9D0A39" w14:textId="77777777" w:rsidTr="00BA54B4">
-[...56 lines deleted...]
-            <w:r w:rsidR="0013684D">
+      <w:tr w:rsidR="009A327D" w:rsidRPr="00BE3023" w14:paraId="03628756" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0346EF01" w14:textId="4EAEEE23" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="00A81A25">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="534BAE69" w14:textId="47BCA5C9" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="00A81A25">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="196EE311" w14:textId="5BC43196" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="00E650A0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Edukacinė gyvenimo įgūdžių pamoka „Žiemos pavojai prie vandens“. Svečiuose </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7415">
+              <w:t>Aleksandras Siakki</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7415">
+              <w:t xml:space="preserve">BĮ </w:t>
+            </w:r>
+            <w:r w:rsidR="00E650A0">
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7415">
+              <w:t>Klaipėdos paplūdimiai</w:t>
+            </w:r>
+            <w:r>
+              <w:t>“ g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7415">
+              <w:t>elbėtojų vadovas</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E09C364" w14:textId="2234B384" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t>8 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00E650A0">
+              <w:t>asių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6799A05A" w14:textId="6746524B" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="00A81A25">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA99269" w14:textId="0FD00760" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="001113FA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A7256" w:rsidRPr="00FF071E" w14:paraId="61BCF282" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3991B549" w14:textId="3C6060CD" w:rsidR="001A7256" w:rsidRPr="00092D52" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25E47A47" w14:textId="586E693F" w:rsidR="001A7256" w:rsidRPr="00092D52" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4933B794" w14:textId="284A7EFC" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:r w:rsidRPr="00B2519A">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Respublikinė pilietinė akcija „Atmintis gyva, nes liudija“ ir pilietinė iniciatyv</w:t>
+            </w:r>
+            <w:r w:rsidR="00582EE7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2519A">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>„Neužmirštuolė“</w:t>
+            </w:r>
+            <w:r w:rsidR="00582EE7">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>mokyklos kiemelyje</w:t>
+            <w:r w:rsidRPr="00B2519A">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skirtos Sausio 13-ąjai paminėti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67453283" w14:textId="40DE28B7" w:rsidR="004458C9" w:rsidRPr="00FF071E" w:rsidRDefault="004458C9" w:rsidP="0013684D">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="60169509" w14:textId="095950EB" w:rsidR="001A7256" w:rsidRPr="00FF071E" w:rsidRDefault="001A7256" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokyklos bendruomenė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D60662A" w14:textId="42820EA1" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Prie aktų salės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1278065D" w14:textId="77777777" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:r w:rsidRPr="009C2A12">
+              <w:t>L. Simutienė</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2198E964" w14:textId="77777777" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:r w:rsidRPr="009C2A12">
+              <w:t>R. Rapolavičienė</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023E5F5F" w14:textId="77777777" w:rsidR="001A7256" w:rsidRPr="009C2A12" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:r>
+              <w:t>pradinių klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="563C48AD" w14:textId="3B18080C" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A7256" w:rsidRPr="00FF071E" w14:paraId="67AC6457" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0038F1C1" w14:textId="2DDD8246" w:rsidR="001A7256" w:rsidRPr="00092D52" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="239F3668" w14:textId="25DB8B34" w:rsidR="001A7256" w:rsidRPr="00092D52" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DF6FD97" w14:textId="72781737" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:r w:rsidRPr="00EB5FE3">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Atvira istorijos pamoka 5 klasių mokiniams „Laisvės kaina“, skirta Sausio 13-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ą</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB5FE3">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>jai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="776B487E" w14:textId="041F8435" w:rsidR="001A7256" w:rsidRPr="00FF071E" w:rsidRDefault="001A7256" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69C90447" w14:textId="481F9608" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ECB9442" w14:textId="77777777" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256">
+            <w:r>
+              <w:t>L. Simutienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB61765" w14:textId="7E429B6C" w:rsidR="001A7256" w:rsidRDefault="001A7256" w:rsidP="001A7256"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E31F8B" w:rsidRPr="00FF071E" w14:paraId="59291320" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="541BA04B" w14:textId="145A3438" w:rsidR="00E31F8B" w:rsidRDefault="00E31F8B" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42E145B2" w14:textId="77777777" w:rsidR="00E31F8B" w:rsidRDefault="00E31F8B" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="573B9F72" w14:textId="2815797A" w:rsidR="00E31F8B" w:rsidRPr="00EB5FE3" w:rsidRDefault="00E975A4" w:rsidP="001A7256">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>BDAR mokymai (asmens duomenų apsaugos)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2560B3D4" w14:textId="351608E4" w:rsidR="00E31F8B" w:rsidRDefault="00E975A4" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokyklos darbuotojai (dalyvavimas būtinas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09DF9693" w14:textId="2092E02E" w:rsidR="00E31F8B" w:rsidRDefault="00E975A4" w:rsidP="001A7256">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Nuotoliu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61A02E9C" w14:textId="784A6A54" w:rsidR="00E31F8B" w:rsidRDefault="00E975A4" w:rsidP="001A7256">
+            <w:r>
+              <w:t>R. Lomsargienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00582EE7" w:rsidRPr="00FF071E" w14:paraId="55F22960" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40B7B83D" w14:textId="2C79A8CE" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6323E342" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D258C7" w14:textId="1B992645" w:rsidR="00582EE7" w:rsidRPr="00EB5FE3" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t>8 klasių mokinių ugdymas vyks nuotoliniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AA4C986" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ED3DDA3" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50EAACC0" w14:textId="08B52340" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:r>
+              <w:t>Dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00582EE7" w:rsidRPr="00FF071E" w14:paraId="2CFEF12E" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A70A206" w14:textId="693B269B" w:rsidR="00582EE7" w:rsidRPr="00092D52" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D450511" w14:textId="23020221" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">10.00, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E04AC01" w14:textId="7BE02135" w:rsidR="00582EE7" w:rsidRPr="00092D52" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04476474" w14:textId="6066EBC2" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:r>
+              <w:t>Lietuvos vaikų ir moksleivių TV konkursas „Dainų dainelė“, I etapas (A ir B grupės)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="676F54E8" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pateikę paraiškas dalyviai,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E5718F" w14:textId="6412000D" w:rsidR="00582EE7" w:rsidRPr="00FF071E" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4 klasių mokinių  mišrus vokalinis ansamblis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A42565D" w14:textId="20756E7B" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="541C1623" w14:textId="2198E630" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:r>
+              <w:t>J. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548A120F" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:r>
+              <w:t>L. Grybauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DF7F856" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00582EE7" w:rsidRPr="00FF071E" w14:paraId="70FEA3E1" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="300FAA46" w14:textId="4FE39F04" w:rsidR="00582EE7" w:rsidRPr="00092D52" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">15 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6403FFA4" w14:textId="6A5846ED" w:rsidR="00582EE7" w:rsidRPr="00092D52" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">12.00 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="087329F9" w14:textId="57A5D035" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:r>
+              <w:t>Lietuvos vaikų ir moksleivių TV konkursas „Dainų dainelė“, I etapas (C ir D grupės)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F31607E" w14:textId="4D28F253" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8c klasės solistė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="451DDE71" w14:textId="744F7014" w:rsidR="00582EE7" w:rsidRPr="00FF071E" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6c klasės duetas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25EB7C9B" w14:textId="268B92D9" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos „Vėtrungės“ gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="538D51BE" w14:textId="36E54AD8" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>L. Grybauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F85C7BA" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. Šiaučiulis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5617FAD5" w14:textId="69B232AC" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00582EE7" w:rsidRPr="00FF071E" w14:paraId="00E499A2" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25A3ECEA" w14:textId="6A46B582" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CC49F0F" w14:textId="3B6FFBCD" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E16B1F4" w14:textId="2799AE94" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>Patyriminio ugdymo diena „Karjeros diena“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07B5BDA1" w14:textId="0E63A545" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>1-8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="623870C0" w14:textId="1FC81339" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="480F2E76" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>V. Baranauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A4A567C" w14:textId="3A066856" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E3B20">
+              <w:t>klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00911FE1" w:rsidRPr="00FF071E" w14:paraId="272D2538" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52379830" w14:textId="485B4B6C" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39D65051" w14:textId="77777777" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DD3F5F6" w14:textId="43D931EF" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+            <w:r>
+              <w:t>Tėvų klubo 11 gimtadienio minėjimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="778FC398" w14:textId="39152B54" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tėvų klubo nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="614F8757" w14:textId="77777777" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43080ED0" w14:textId="49530BFD" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. Kavolienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E3B20" w:rsidRPr="00FF071E" w14:paraId="49A51A61" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A508AFF" w14:textId="1F1ADF48" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF116E7" w14:textId="3CEE048A" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12087396" w14:textId="1230E712" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:r>
+              <w:t>Mokyklos XIX Lietuvos 5-8 klasių mokinių biologijos olimpiada I etapas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="694708E6" w14:textId="3739BECB" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t>8 klasių  mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="652D3D5D" w14:textId="755AD0E1" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13980283" w14:textId="380C470B" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>J. Kačinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E975A4" w:rsidRPr="00FF071E" w14:paraId="3EB2C361" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75F4C9A6" w14:textId="35C1E60B" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AE8E3C9" w14:textId="5BD38C7D" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="637760DF" w14:textId="208CD265" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:r>
+              <w:t>Mokinio padėjėjų metodinės grupės susirinkimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75CC3675" w14:textId="6A1A6C20" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokinio padėjėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3652127A" w14:textId="6D5383F5" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>244 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7385E3B1" w14:textId="77777777" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>L. Medeikė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="059BA26C" w14:textId="25F53904" w:rsidR="00E975A4" w:rsidRDefault="00E975A4" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>D. Grigelienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E3B20" w:rsidRPr="00092D52" w14:paraId="40A1E316" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E3FB09" w14:textId="7A4C2560" w:rsidR="007E3B20" w:rsidRPr="00092D52" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45224A22" w14:textId="5642C8FD" w:rsidR="007E3B20" w:rsidRPr="00092D52" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F82C73B" w14:textId="5B256827" w:rsidR="007E3B20" w:rsidRPr="00092D52" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:r>
+              <w:t xml:space="preserve">Lietuvos vaikų ir moksleivių TV konkursas „Dainų dainelė“, II etapas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6721EF4F" w14:textId="45197CA1" w:rsidR="007E3B20" w:rsidRPr="00092D52" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Patekę į II turą mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BE6917A" w14:textId="7DCF0BDE" w:rsidR="007E3B20" w:rsidRPr="00092D52" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos Juozo Karoso muzikos mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B074C9F" w14:textId="17CC880D" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>L. Grybauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321324BD" w14:textId="77777777" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S. Šiaučiulis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620DA5E3" w14:textId="7A0D3AB3" w:rsidR="007E3B20" w:rsidRPr="00092D52" w:rsidRDefault="007E3B20" w:rsidP="007E3B20"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="00092D52" w14:paraId="5FB4F1A9" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="410A27BB" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47578F2A" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="051C12C8" w14:textId="1693C5BE" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210931F0" w14:textId="2B547662" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Savipagalbos grupė 5–8 klasių vadovams „Pasitarkime“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78CD8F43" w14:textId="727C0765" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5–8 klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00FDFDB2" w14:textId="7D8327F4" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AFA4EFC" w14:textId="2BA0B028" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0039615E" w:rsidRPr="00092D52" w14:paraId="08565B10" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C62D500" w14:textId="5F0A1345" w:rsidR="0039615E" w:rsidRDefault="0039615E" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="669232D2" w14:textId="73622B98" w:rsidR="0039615E" w:rsidRDefault="0039615E" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11B4899E" w14:textId="62F1F5E5" w:rsidR="0039615E" w:rsidRDefault="0039615E" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokyklos tarybos posėdis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56103861" w14:textId="7C201F8C" w:rsidR="0039615E" w:rsidRDefault="0039615E" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Tarybos nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="474FD41A" w14:textId="77777777" w:rsidR="0039615E" w:rsidRDefault="0039615E" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C88D4BE" w14:textId="1010AD36" w:rsidR="0039615E" w:rsidRDefault="0039615E" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>J. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="00092D52" w14:paraId="5576C152" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="332CE1A7" w14:textId="19A0781A" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD99BEF" w14:textId="3C2C45D4" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Pertraukų metu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="463FF89D" w14:textId="696DA876" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:t>„Knygų mugė“</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3ECF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>, skirta projektui „Draugauju su knyga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F31823E" w14:textId="7F7699AA" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>Mokyklos bendruomenė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64AFC0DA" w14:textId="36371BAE" w:rsidR="004458C9" w:rsidRPr="00FF071E" w:rsidRDefault="004458C9" w:rsidP="004458C9">
-[...23 lines deleted...]
-              <w:t>Klasių vadovai</w:t>
+          <w:p w14:paraId="495E4AE2" w14:textId="03F1F8C9" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Koridoriai pirmame aukšte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74E1EB64" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416B8915" w14:textId="1A105A42" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tėvų klubas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013684D" w:rsidRPr="00FF071E" w14:paraId="0D2535C4" w14:textId="77777777" w:rsidTr="00BA54B4">
-[...18 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="00092D52" w14:paraId="1FB309FC" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3510F38C" w14:textId="30D4EE33" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...17 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="665C01C5" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>8.00</w:t>
-[...14 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72BCE071" w14:textId="73C2F184" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Kalėdinė iniciatyva „Senelių Kalėdos“, bendradarbiavimas su „</w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:t>Parodos „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7415">
+              <w:t xml:space="preserve">Mėgstamiausio </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">knygos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F7415">
+              <w:t>skirtuk</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">as“, skirtos projektui „Draugauju su knyga“, pristatymas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52FB553F" w14:textId="355F8BAD" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Inno</w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:t>5–6 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F023804" w14:textId="71FE18D5" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Line“ – baldų gamybos įmone.  Eglučių puošimo dirbtuvėlės</w:t>
+            </w:pPr>
+            <w:r>
+              <w:t>Socialiniai tinklai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="632BBB08" w14:textId="3C0B89BB" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="00092D52" w14:paraId="236CE97F" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35539FFD" w14:textId="3E2F0846" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="642D7E35" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="404F942A" w14:textId="2D5D3441" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:r>
+              <w:t>Nacionalinis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ADVENTUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>geografijos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">žinių konkursas „Pažink Lietuvą ir pasaulį“  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DB8DA35" w14:textId="047EBDB0" w:rsidR="0013684D" w:rsidRDefault="0013684D" w:rsidP="0013684D">
+          <w:p w14:paraId="47F3F217" w14:textId="5DBA9FD6" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="749B263B" w14:textId="27CB32C6" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E66637">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>LITEXPO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> parodų rūmai,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Vilnius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F16A961" w14:textId="0F7A524B" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="63"/>
+            </w:pPr>
+            <w:r>
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rapolavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="006F3590" w14:paraId="69122FBC" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="025BEF68" w14:textId="141D9DA7" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:t xml:space="preserve">Derinama </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BFC1FDB" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325EDB72" w14:textId="226B243B" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Prevencinė pamoka „Pažink mane labiau“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C156872" w14:textId="580B3F46" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C54DAEB" w14:textId="22E9C306" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasės vadovo kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E5F4CCD" w14:textId="7CEB705A" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4528">
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="006F3590" w14:paraId="1A7F3811" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B465454" w14:textId="394D0836" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>8a, 8b, 8c klasių mokiniai</w:t>
+              <w:t>Su mokiniais suderintu laiku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="141E0152" w14:textId="15E1C037" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Su mokiniais suderintu laiku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36F4FECF" w14:textId="47F4824C" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Specialiųjų ugdymosi poreikių mokinių individualios konsultacijos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E25625B" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B3B2668" w14:textId="384D1CAE" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>SUP 5–8  klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BD93D26" w14:textId="2FA1D20F" w:rsidR="0013684D" w:rsidRDefault="0013684D" w:rsidP="0013684D">
+          <w:p w14:paraId="073D4C76" w14:textId="01424D1E" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55AAF4D3" w14:textId="679519FD" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="006F3590" w14:paraId="3AE7E755" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E12F18D" w14:textId="542DD914" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>158 kab.,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="480BB6BE" w14:textId="44CB004A" w:rsidR="0013684D" w:rsidRDefault="0013684D" w:rsidP="0013684D">
+              <w:t>Pirmadieniais,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C99015" w14:textId="26399109" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>217 kab.,</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>ketvirtadieniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CF7C0C" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20D6C622" w14:textId="4276A205" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>212 kab.</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="1B31C85E" w14:textId="3AD838A4" w:rsidR="0013684D" w:rsidRDefault="0013684D" w:rsidP="0013684D">
+              <w:t>10.55, 12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A7BBDCC" w14:textId="5C326F29" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Susirinkimai, veiklų planavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="282D24D6" w14:textId="0E5E64B2" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66EAE488" w14:textId="3078A2CF" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F0AA26A" w14:textId="77777777" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">L. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>D. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4E177C" w14:textId="76056D5C" w:rsidR="008F27C6" w:rsidRPr="005B0A8B" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Sutkienė</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Mokinių taryba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F27C6" w:rsidRPr="006F3590" w14:paraId="22A500F8" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A6793D2" w14:textId="63C1B995" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5FE07080" w14:textId="228990D9" w:rsidR="0013684D" w:rsidRDefault="0013684D" w:rsidP="0013684D">
+            </w:pPr>
+            <w:r>
+              <w:t>Pirmadieniais, ketvirtadienis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="329EA32D" w14:textId="43277BB0" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:t>14.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AE6BE8E" w14:textId="14C10ED8" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>J. Žilienė,</w:t>
-[...8 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:t>SUP mokinių socialinių įgūdžių ugdymo veikla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="512912D2" w14:textId="70304624" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">R. </w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:t>1–4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FC3D5D6" w14:textId="73309BDB" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Rapolavičienė</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:t>206 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06EF3A87" w14:textId="2AD80CD5" w:rsidR="008F27C6" w:rsidRDefault="008F27C6" w:rsidP="008F27C6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>V. Baranauskienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013684D" w:rsidRPr="00FF071E" w14:paraId="1CBD6FE6" w14:textId="77777777" w:rsidTr="00BA54B4">
-[...640 lines deleted...]
-          <w:p w14:paraId="3E5F920F" w14:textId="450C6F88" w:rsidR="0013684D" w:rsidRDefault="0013684D" w:rsidP="0013684D">
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="3640640D" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38B274D3" w14:textId="76847314" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4830 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>Trečiadieniais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1247" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="7CDC520B" w14:textId="53D2E35A" w:rsidR="001C2233" w:rsidRDefault="001C2233" w:rsidP="001C2233">
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31388C29" w14:textId="523FB0AA" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>10.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5557" w:type="dxa"/>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6165BBA3" w14:textId="706940E6" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:r w:rsidRPr="00E23437">
               <w:t>Švietimo pagalbos mokiniui specialistų susirinkimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C0FA095" w14:textId="3B2ED79D" w:rsidR="001C2233" w:rsidRPr="00F42AAA" w:rsidRDefault="001C2233" w:rsidP="001C2233">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="16DC45A4" w14:textId="10EB9AEA" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>Švietimo pagalbos mokiniui specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E905EF9" w14:textId="0F1286D1" w:rsidR="001C2233" w:rsidRDefault="001C2233" w:rsidP="001C2233">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1B686DDC" w14:textId="39A2B117" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>244 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="54CABF2A" w14:textId="77777777" w:rsidR="001C2233" w:rsidRPr="00E23437" w:rsidRDefault="001C2233" w:rsidP="001C2233">
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31708E08" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="00E23437" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:r w:rsidRPr="00E23437">
               <w:t>S. Kavolienė,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03987790" w14:textId="011493CA" w:rsidR="001C2233" w:rsidRPr="00F42AAA" w:rsidRDefault="001C2233" w:rsidP="001C2233">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="104B5D21" w14:textId="4605981B" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
-              <w:t xml:space="preserve">L. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>L. Sirutytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="00632EA9" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="384FF1BA" w14:textId="5FA91D6C" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="00E23437">
-              <w:t>Sirutytė</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="7C376F34" w14:textId="0D766495" w:rsidR="001C2233" w:rsidRPr="00807621" w:rsidRDefault="001C2233" w:rsidP="001C2233">
+              <w:t>Trečiadieniais ir pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DF94941" w14:textId="75DA9B5D" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...25 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>15.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5557" w:type="dxa"/>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F7C36E8" w14:textId="5E872489" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:r w:rsidRPr="00E23437">
               <w:t>Vaiko gerovės komisijos posėdžiai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2702FD8A" w14:textId="3835F3D2" w:rsidR="001C2233" w:rsidRPr="00F42AAA" w:rsidRDefault="001C2233" w:rsidP="001C2233">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2B531229" w14:textId="01918F63" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>Komisijos nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38C54D3B" w14:textId="08D793D0" w:rsidR="001C2233" w:rsidRDefault="001C2233" w:rsidP="001C2233">
-[...5 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2CEC8B5C" w14:textId="483686DB" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>244 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2415" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09AB0172" w14:textId="6EE05ABF" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00E23437">
               <w:t>S. Kavolienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C2233" w14:paraId="3C98C2B2" w14:textId="77777777" w:rsidTr="004458C9">
-[...10 lines deleted...]
-          <w:p w14:paraId="015ABDCF" w14:textId="3FAF1D8A" w:rsidR="001C2233" w:rsidRPr="00807621" w:rsidRDefault="001C2233" w:rsidP="001C2233">
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="150988F3" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="148B6EF6" w14:textId="608622E8" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DA6549">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>Derinama su klas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6549">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6549">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s vadov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="442C8EC9" w14:textId="203C58C3" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA6549">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Derinama su klas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6549">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6549">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA6549">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>adov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="401936F0" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>Pirmų ir penktų klasių adaptacijos tyrimo atlikimas bei rezultatų aptarimas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C6E906E" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38A7BCE1" w14:textId="225D5ADF" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>Pirmų klasių tėvai, penktų klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1605D364" w14:textId="05CA4AF0" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasės vadovų kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="788B5A06" w14:textId="65649FC8" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>M. Šertvytis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="24913AA2" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6096ECD1" w14:textId="1552565B" w:rsidR="001F00F5" w:rsidRPr="00DA6549" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1907FA0D" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="00DA6549" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62107C51" w14:textId="28FB9B3B" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>„Pasaka mano šeimoje“ – tėvų skaitymo iniciatyva, skirta projektui „Draugauju su knyga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D7E2716" w14:textId="1CA97A90" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>2 klasių mokiniai ir jų tėvai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BAE53E7" w14:textId="43896455" w:rsidR="001F00F5" w:rsidRPr="008F27C6" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:smallCaps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasių kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49D5A7C0" w14:textId="7A904A1E" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–2 klasių mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="30B67C37" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C70BB5F" w14:textId="567E3C9A" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BD0F16C" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="00DA6549" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09CA81C5" w14:textId="7D909866" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Integruota šokio bei lietuvių kalbos ir literatūros  veikla k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F27C6">
+              <w:t xml:space="preserve">nygų skirtukų darymas naudojant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F27C6">
+              <w:lastRenderedPageBreak/>
+              <w:t>lietuvių liaudies šokio brėžinius</w:t>
+            </w:r>
+            <w:r>
+              <w:t>. Skirta projektui „Draugauju su knyga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38E12B9F" w14:textId="0EE9B9F5" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 klasių mokiniai </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3153506C" w14:textId="2A6702E3" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Choreografijos salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64411B05" w14:textId="4169E08C" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>R. Levencova</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="49B2907E" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4329B138" w14:textId="47256E25" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31808E68" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="00DA6549" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BE3F630" w14:textId="090BE19C" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r w:rsidRPr="00550EA2">
+              <w:t>„Personažų dienos“ – knygų veikėjų pristatymas. Skirta projektui „Draugauju su knyga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63685113" w14:textId="5F50F872" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33FB243D" w14:textId="46951379" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasių kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44AA05F0" w14:textId="3D1D1BAF" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>D. Budvytienė, 3–4 klasių mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="3A76DC0F" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FF5F5A9" w14:textId="5B2B5761" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49DE5918" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="00DA6549" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="720CBB91" w14:textId="27279EF9" w:rsidR="001F00F5" w:rsidRPr="00550EA2" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r w:rsidRPr="00550EA2">
+              <w:t>Vyresnių mokinių skaitymo jaunesniems akcija „Skaitymo palydovai“</w:t>
+            </w:r>
+            <w:r>
+              <w:t>. Skirta projektui „Draugauju su knyga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D849F50" w14:textId="73BEBDAA" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0030683A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>6 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13E0A0CC" w14:textId="7CB85CD3" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasių kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CEB352D" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>V. Juškienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F4FF78A" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>D. Girčė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B8578C5" w14:textId="77EFD4F1" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>I. Vasiliauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="2E2028E0" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EE080FC" w14:textId="0984E83D" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65C12939" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E575C34" w14:textId="3CA988B1" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Tarptautinis EU-CONEXUS mokyklų konkursas Think Smart, Create Green“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38791154" w14:textId="52002C58" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8c klasės mokinių komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="179AA693" w14:textId="153A1822" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab., 241 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="360A1F6E" w14:textId="70BC7E5B" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>J. Kačinskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F50DD3" w14:textId="0A485722" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Z. Juškaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="664BF270" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4A5EA4" w14:textId="638D6599" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="191D7BE4" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B26AA27" w14:textId="427F7F3D" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
+              </w:rPr>
+              <w:t>Respublikinis jaunųjų tyrėjų konkursas „Mano žvilgsnis į supantį pasaulį“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="355A6938" w14:textId="663F0A4B" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5a klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68835505" w14:textId="4F6D79B8" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11618C31" w14:textId="1B7ABFC2" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>J. Kačinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="12DF7362" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12C1BB7B" w14:textId="7285A172" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4221A5" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D11871D" w14:textId="72FBBA71" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lithuanian</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Brain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bee</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Neuromokslų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>olimpiada 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A51B9E">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>etapas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04794B04" w14:textId="75BD750A" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8c, 8a klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F8603" w14:textId="5523BA23" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C04E559" w14:textId="003FFE11" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>J. Kačinskienę</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="06DA29A5" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5F0EB3" w14:textId="4D9A0856" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15C3D97F" w14:textId="293EA0BD" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>Derinama</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-              </w:rPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="157BA957" w14:textId="65F951F6" w:rsidR="001F00F5" w:rsidRPr="00A51B9E" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>2–4  klasių naujai atvykusių mokinių adaptacijos tyrimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="441C3E08" w14:textId="49967EE3" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2–4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A848111" w14:textId="6263B140" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>206  kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18581995" w14:textId="2593BC71" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>V. Baranauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="02AA5BFA" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40FD8EE4" w14:textId="2FB10CE0" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A5F9E0A" w14:textId="3647AE57" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="213EBDFA" w14:textId="5433B6A7" w:rsidR="001F00F5" w:rsidRPr="00A51B9E" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>1–4 klasių mokinių socialinės atsakomybės veiklos „Sveikatos mėnuo“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F0AD936" w14:textId="2E1FD01C" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E3BF210" w14:textId="7894146D" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pradinių klasių kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CC23CFC" w14:textId="63E0A4F6" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>V. Baranauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="55E4A676" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51593D71" w14:textId="3C256BE0" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6796F3FC" w14:textId="02A8498B" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="251B05E1" w14:textId="0D1A12D2" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Ugdymo karjerai individualios konsultacijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18BD61D5" w14:textId="3C50B40B" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="345EDABB" w14:textId="7F17EBD7" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>206 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35FA142C" w14:textId="53BF9090" w:rsidR="001F00F5" w:rsidRPr="005B0A8B" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>V. Baranauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="494972F2" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36A9EA27" w14:textId="233C26D2" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F88B189" w14:textId="55AA1D95" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A0FA6AB" w14:textId="7A3DB38E" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>Ugdymo karjerai veiklos ir pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3579B60E" w14:textId="5C180AAF" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1949F8F3" w14:textId="21E10BC9" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasių vadovų kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45E04F27" w14:textId="518DD803" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>V. Baranauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="792692B9" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="177F7434" w14:textId="0831AA58" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F99BCE5" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17F0540B" w14:textId="32CDE83C" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>Bendradarbiavimas su ikimokyklinio ugdymo įstaigomis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79D4DBF8" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7607BF36" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15962ED9" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223F8037" w14:textId="655BD960" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:r>
+              <w:t>4 klasių mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B74DF" w:rsidRPr="006F3590" w14:paraId="3B87C12B" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278CCAB7" w14:textId="57870150" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F49A35F" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="270D6C00" w14:textId="1BDE39B0" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB071A">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>iteratūros paroda „Laisvės liepsna iš kartos į kartą“, skirta paminėti laisvės gynėjų dienos 35-metį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48F4F279" w14:textId="40737C5E" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:t>okyklos bendruomenė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7806E7D1" w14:textId="522A078D" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:t>iblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BF8314A" w14:textId="31708803" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-          <w:p w14:paraId="113057B6" w14:textId="3C0D0D00" w:rsidR="001C2233" w:rsidRDefault="001C2233" w:rsidP="001C2233">
+            <w:r>
+              <w:t>Tilvikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B74DF" w:rsidRPr="006F3590" w14:paraId="0AEF16A0" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="780ED711" w14:textId="3E862756" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5D9611" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D5303C8" w14:textId="34A6BC43" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Progimnazijos 2026 m. veiklos plano rengimas, aptarimas su bendruomene</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54C5085D" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25DEC987" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EE60F8A" w14:textId="6A6E0C9C" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r>
+              <w:t>J. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B74DF" w:rsidRPr="006F3590" w14:paraId="2734FFFD" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19EFE70C" w14:textId="49CC8169" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="237F7879" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C3D8DE0" w14:textId="646D0F7B" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r>
+              <w:t>Ataskaitos paruošimas ir pateikimas Lietuvos Nacionalinei Martyno Mažvydo bibliotekai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1078B500" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01C486C3" w14:textId="626DCF6B" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:t>iblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B729E6F" w14:textId="0AC71875" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Tilvikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B74DF" w:rsidRPr="006F3590" w14:paraId="6723B18B" w14:textId="77777777" w:rsidTr="009A327D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E85A789" w14:textId="2F855536" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5879094F" w14:textId="5B9AE9AD" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36671409" w14:textId="2922CD4A" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r w:rsidRPr="0039615E">
+              <w:t>„Skaitymo debatai: už ir prieš“</w:t>
+            </w:r>
+            <w:r>
+              <w:t>. Skirta projektui „Draugauju su knyga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B786C2C" w14:textId="372A4D1A" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+              </w:rPr>
+              <w:t>7–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45DA91BA" w14:textId="6CDCA147" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lietuvių kalbos ir literatūros kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="672421E4" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...78 lines deleted...]
-          <w:p w14:paraId="06A1ACBA" w14:textId="5BB898FB" w:rsidR="001C2233" w:rsidRPr="00F42AAA" w:rsidRDefault="001C2233" w:rsidP="001C2233">
+            </w:pPr>
+            <w:r>
+              <w:t>V. Juškienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703526D4" w14:textId="77777777" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...1671 lines deleted...]
-              <w:t>Z. Juškaitė</w:t>
+            </w:pPr>
+            <w:r>
+              <w:t>D. Girčė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1559D2" w14:textId="421F8EA6" w:rsidR="000B74DF" w:rsidRDefault="000B74DF" w:rsidP="000B74DF">
+            <w:r>
+              <w:t>I. Vasiliauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E41B2B6" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="006B147C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7195B90D" w14:textId="6BED6A76" w:rsidR="000025DA" w:rsidRPr="0028788D" w:rsidRDefault="0028788D" w:rsidP="006B147C">
-      <w:pPr>
+    <w:p w14:paraId="4A1AD45A" w14:textId="36F1BA80" w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidRDefault="001113FA" w:rsidP="00BF12E2">
+      <w:r w:rsidRPr="001113FA">
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="00B050"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="0028788D">
+      <w:r w:rsidRPr="001113FA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Direktoriaus pavaduotoja ugdymui</w:t>
+        <w:t xml:space="preserve">Direktoriaus pavaduotoja ugdymui </w:t>
       </w:r>
-      <w:r w:rsidRPr="0028788D">
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                 </w:t>
+        <w:t xml:space="preserve">                </w:t>
       </w:r>
-      <w:r w:rsidRPr="0028788D">
+      <w:r w:rsidRPr="001113FA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Sandra Kavolienė</w:t>
       </w:r>
-      <w:r w:rsidRPr="0028788D">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7B5E1913" w14:textId="77777777" w:rsidR="00B24BFA" w:rsidRPr="0028788D" w:rsidRDefault="00B24BFA" w:rsidP="006B147C">
-[...23 lines deleted...]
-    <w:p w14:paraId="4A1AD45A" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
     <w:sectPr w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidSect="00275FA8">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="539" w:bottom="567" w:left="426" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="074B7269"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4062C50"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -8481,139 +5937,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0EEE6ABA"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="286D14CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55F274FA"/>
     <w:lvl w:ilvl="0" w:tplc="B158FAA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -8658,51 +6025,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55CD6068"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E17E5D44"/>
     <w:lvl w:ilvl="0" w:tplc="5A3C4B50">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8748,51 +6115,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BAF7A3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98D47D7C"/>
     <w:lvl w:ilvl="0" w:tplc="215E86B6">
       <w:start w:val="204"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8837,51 +6204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E30770D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4ACABC8C"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -8926,51 +6293,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="759B0AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC22F2F0"/>
     <w:lvl w:ilvl="0" w:tplc="3700478A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -9016,226 +6383,216 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2108042602">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1204710911">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1971592779">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="350188138">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1136869786">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1136869786">
+  <w:num w:numId="6" w16cid:durableId="1075854891">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF12E2"/>
     <w:rsid w:val="000025DA"/>
     <w:rsid w:val="00034B82"/>
     <w:rsid w:val="0004348D"/>
     <w:rsid w:val="0004562D"/>
-    <w:rsid w:val="000614CB"/>
     <w:rsid w:val="00063B80"/>
     <w:rsid w:val="00070D49"/>
     <w:rsid w:val="000716FE"/>
     <w:rsid w:val="00092D52"/>
     <w:rsid w:val="0009467E"/>
-    <w:rsid w:val="000A042E"/>
-    <w:rsid w:val="000A2BEE"/>
+    <w:rsid w:val="000B74DF"/>
     <w:rsid w:val="000E4785"/>
     <w:rsid w:val="000F05AD"/>
-    <w:rsid w:val="0013684D"/>
+    <w:rsid w:val="001113FA"/>
     <w:rsid w:val="001729AA"/>
+    <w:rsid w:val="001A7256"/>
     <w:rsid w:val="001B77CA"/>
-    <w:rsid w:val="001C2233"/>
     <w:rsid w:val="001D7F3B"/>
+    <w:rsid w:val="001F00F5"/>
     <w:rsid w:val="001F2F40"/>
     <w:rsid w:val="002019FC"/>
-    <w:rsid w:val="0020412F"/>
     <w:rsid w:val="002508EB"/>
     <w:rsid w:val="00275FA8"/>
-    <w:rsid w:val="0028788D"/>
     <w:rsid w:val="00295684"/>
     <w:rsid w:val="002E16D4"/>
     <w:rsid w:val="002E7644"/>
     <w:rsid w:val="002F6229"/>
     <w:rsid w:val="002F6E7C"/>
     <w:rsid w:val="00300AEE"/>
     <w:rsid w:val="00302386"/>
-    <w:rsid w:val="00313C1D"/>
+    <w:rsid w:val="0030683A"/>
     <w:rsid w:val="003223B8"/>
     <w:rsid w:val="00323C46"/>
     <w:rsid w:val="003519C5"/>
     <w:rsid w:val="00352CED"/>
     <w:rsid w:val="0035424B"/>
     <w:rsid w:val="00361773"/>
     <w:rsid w:val="00386529"/>
     <w:rsid w:val="00392000"/>
     <w:rsid w:val="00394C36"/>
+    <w:rsid w:val="0039615E"/>
     <w:rsid w:val="003964E8"/>
     <w:rsid w:val="003A626F"/>
     <w:rsid w:val="003B1FC0"/>
-    <w:rsid w:val="004458C9"/>
-    <w:rsid w:val="00455169"/>
     <w:rsid w:val="004851A1"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="00527F79"/>
-    <w:rsid w:val="00553524"/>
+    <w:rsid w:val="00550EA2"/>
     <w:rsid w:val="00561031"/>
+    <w:rsid w:val="005654BF"/>
     <w:rsid w:val="00570246"/>
-    <w:rsid w:val="00585438"/>
+    <w:rsid w:val="00582EE7"/>
     <w:rsid w:val="005A0DDF"/>
     <w:rsid w:val="005A767F"/>
     <w:rsid w:val="005B0A8B"/>
     <w:rsid w:val="005E044E"/>
-    <w:rsid w:val="005F2F1C"/>
     <w:rsid w:val="006031DC"/>
-    <w:rsid w:val="006549F5"/>
+    <w:rsid w:val="006304CA"/>
     <w:rsid w:val="00680529"/>
     <w:rsid w:val="0068366F"/>
+    <w:rsid w:val="006842F6"/>
     <w:rsid w:val="00687D0C"/>
     <w:rsid w:val="006B147C"/>
-    <w:rsid w:val="006E493D"/>
+    <w:rsid w:val="006C72B1"/>
     <w:rsid w:val="006F5CB4"/>
     <w:rsid w:val="0070142C"/>
     <w:rsid w:val="007106B5"/>
     <w:rsid w:val="0072568B"/>
-    <w:rsid w:val="00726061"/>
-    <w:rsid w:val="00752D52"/>
+    <w:rsid w:val="0073635A"/>
     <w:rsid w:val="00755199"/>
-    <w:rsid w:val="007551B8"/>
     <w:rsid w:val="00766426"/>
     <w:rsid w:val="007872C3"/>
     <w:rsid w:val="007D7759"/>
+    <w:rsid w:val="007E3B20"/>
     <w:rsid w:val="007E5B7B"/>
     <w:rsid w:val="007F519F"/>
-    <w:rsid w:val="00827518"/>
     <w:rsid w:val="008410AE"/>
     <w:rsid w:val="008418CC"/>
-    <w:rsid w:val="00863146"/>
     <w:rsid w:val="008766F1"/>
     <w:rsid w:val="00886E45"/>
     <w:rsid w:val="008A4F12"/>
     <w:rsid w:val="008C36F3"/>
     <w:rsid w:val="008D299D"/>
-    <w:rsid w:val="00931511"/>
-    <w:rsid w:val="0099353E"/>
+    <w:rsid w:val="008F27C6"/>
+    <w:rsid w:val="00911FE1"/>
+    <w:rsid w:val="009A327D"/>
     <w:rsid w:val="009F6A0F"/>
     <w:rsid w:val="00A20466"/>
-    <w:rsid w:val="00A42E33"/>
+    <w:rsid w:val="00A81A25"/>
     <w:rsid w:val="00AA6B74"/>
     <w:rsid w:val="00AC59C4"/>
     <w:rsid w:val="00AE22E0"/>
-    <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B17DB2"/>
+    <w:rsid w:val="00AF17DC"/>
     <w:rsid w:val="00B21046"/>
-    <w:rsid w:val="00B2104B"/>
     <w:rsid w:val="00B24BFA"/>
-    <w:rsid w:val="00B53D80"/>
-    <w:rsid w:val="00BA54B4"/>
     <w:rsid w:val="00BB3A59"/>
     <w:rsid w:val="00BF12E2"/>
     <w:rsid w:val="00C21859"/>
     <w:rsid w:val="00C5404E"/>
     <w:rsid w:val="00C56632"/>
     <w:rsid w:val="00C622D1"/>
     <w:rsid w:val="00C765D4"/>
-    <w:rsid w:val="00C76FAA"/>
     <w:rsid w:val="00CB6185"/>
+    <w:rsid w:val="00CC3ECF"/>
+    <w:rsid w:val="00CF3DEE"/>
     <w:rsid w:val="00CF598A"/>
     <w:rsid w:val="00D005A1"/>
     <w:rsid w:val="00D01555"/>
+    <w:rsid w:val="00D25934"/>
     <w:rsid w:val="00D36858"/>
     <w:rsid w:val="00D4042C"/>
     <w:rsid w:val="00D4055E"/>
-    <w:rsid w:val="00DD18F3"/>
-    <w:rsid w:val="00DD1DE7"/>
+    <w:rsid w:val="00E104AF"/>
     <w:rsid w:val="00E21ACC"/>
-    <w:rsid w:val="00E65A71"/>
+    <w:rsid w:val="00E23DE0"/>
+    <w:rsid w:val="00E31F8B"/>
+    <w:rsid w:val="00E650A0"/>
     <w:rsid w:val="00E70D40"/>
     <w:rsid w:val="00E87755"/>
+    <w:rsid w:val="00E93019"/>
+    <w:rsid w:val="00E93EFE"/>
+    <w:rsid w:val="00E975A4"/>
     <w:rsid w:val="00EB4BA7"/>
     <w:rsid w:val="00EC02A7"/>
-    <w:rsid w:val="00ED68DC"/>
     <w:rsid w:val="00ED6B14"/>
     <w:rsid w:val="00EE193D"/>
     <w:rsid w:val="00EE2522"/>
-    <w:rsid w:val="00EE4C2D"/>
     <w:rsid w:val="00EF3224"/>
     <w:rsid w:val="00EF7971"/>
     <w:rsid w:val="00F2274C"/>
-    <w:rsid w:val="00F242F4"/>
-    <w:rsid w:val="00F24417"/>
     <w:rsid w:val="00F27678"/>
     <w:rsid w:val="00F3194C"/>
     <w:rsid w:val="00F80F70"/>
     <w:rsid w:val="00F94E3C"/>
     <w:rsid w:val="00F96EC4"/>
     <w:rsid w:val="00FB05E3"/>
     <w:rsid w:val="00FF071E"/>
     <w:rsid w:val="00FF4374"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -10091,74 +7448,74 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA458E3D-0CCF-463E-93F6-5471CD98D712}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2674</Characters>
+  <Pages>3</Pages>
+  <Words>3801</Words>
+  <Characters>2168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7349</CharactersWithSpaces>
+  <CharactersWithSpaces>5958</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mokytoja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>