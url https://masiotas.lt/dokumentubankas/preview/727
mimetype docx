--- v1 (2026-01-16)
+++ v2 (2026-02-26)
@@ -1,5789 +1,7767 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="30E20574" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="30E20574" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69F7FCF1" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="00BE229D" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="69F7FCF1" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE229D">
+      <w:r w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>KLAIPĖDOS P</w:t>
-[...5 lines deleted...]
-        <w:t>RANO MAŠIOTO PROGIMNAZIJA</w:t>
+        <w:t>KLAIPĖDOS PRANO MAŠIOTO PROGIMNAZIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AFA687" w14:textId="4E73B045" w:rsidR="00BF12E2" w:rsidRPr="001113FA" w:rsidRDefault="00295684" w:rsidP="00BF12E2">
+    <w:p w14:paraId="69AFA687" w14:textId="7349DE86" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00F62949" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001113FA">
+      <w:r w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>S</w:t>
+        <w:t>VASARIO</w:t>
       </w:r>
-      <w:r w:rsidR="001113FA" w:rsidRPr="001113FA">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF12E2" w:rsidRPr="001113FA">
+      <w:r w:rsidR="00BF12E2" w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> MĖNESIO VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12948859" w14:textId="30E6A7C9" w:rsidR="00BF12E2" w:rsidRDefault="008D299D" w:rsidP="00BF12E2">
+    <w:p w14:paraId="12948859" w14:textId="30E6A7C9" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="008D299D" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00300AEE">
+      <w:r w:rsidR="00300AEE" w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00295684">
+      <w:r w:rsidR="00295684" w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="00300AEE">
+      <w:r w:rsidR="00300AEE" w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00295684">
+      <w:r w:rsidR="00295684" w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00BF12E2" w:rsidRPr="00BE229D">
+      <w:r w:rsidR="00BF12E2" w:rsidRPr="005671B1">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> m.</w:t>
-[...11 lines deleted...]
-        <w:t>m.</w:t>
+        <w:t xml:space="preserve"> m. m.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673F891C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="673F891C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B7BDBA7" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="0B7BDBA7" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15309" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1730"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2097"/>
+        <w:gridCol w:w="1871"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2098"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE2522" w:rsidRPr="00BE3023" w14:paraId="2662CB24" w14:textId="77777777" w:rsidTr="009A327D">
-[...4 lines deleted...]
-          <w:p w14:paraId="29A65F66" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+      <w:tr w:rsidR="00EE2522" w:rsidRPr="005671B1" w14:paraId="2662CB24" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A65F66" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00870C5D">
+            <w:r w:rsidRPr="005671B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6EA69BB3" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA69BB3" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00870C5D">
+            <w:r w:rsidRPr="005671B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4962" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="08B02575" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B02575" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00870C5D">
+            <w:r w:rsidRPr="005671B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Veiklos pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68999DB1" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="00582EE7">
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68999DB1" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="00B22C6D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00870C5D">
+            <w:r w:rsidRPr="005671B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Dalyviai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6843853C" w14:textId="5C15F661" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="005B0A8B">
+          <w:p w14:paraId="6843853C" w14:textId="5C15F661" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="005B0A8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00870C5D">
+            <w:r w:rsidRPr="005671B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="015B4B42" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+            <w:tcW w:w="2098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015B4B42" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00870C5D">
+            <w:r w:rsidRPr="005671B1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Atsakingas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A327D" w:rsidRPr="00BE3023" w14:paraId="03628756" w14:textId="77777777" w:rsidTr="009A327D">
-[...15 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="0080182F" w:rsidRPr="005671B1" w14:paraId="4C9D0A39" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BB74686" w14:textId="3094CFFA" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0FFC" w:rsidRPr="005671B1">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="411973AC" w14:textId="792419BE" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08776408" w14:textId="4E4F87EA" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Respublikinis integruotas literatūros ir informatikos dienoraščio konkursas „Laimingiausia gyvenimo diena“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67453283" w14:textId="4B9EB3AF" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="00B22C6D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22C6D" w:rsidRPr="005671B1">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64AFC0DA" w14:textId="11523668" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Kauno švietimo inovacijų centras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19FDE0BE" w14:textId="06E6F3D4" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA38BE6" w14:textId="4EE42A29" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Juškienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45864F4D" w14:textId="2232386B" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Vasiliauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080182F" w:rsidRPr="005671B1" w14:paraId="0BB5C516" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A35F962" w14:textId="184CF7F4" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03AD0B2F" w14:textId="77777777" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2092B0D0" w14:textId="0C426072" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Kūrybinių darbų paroda </w:t>
+            </w:r>
+            <w:r w:rsidR="005671B1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Tautiniai raštai</w:t>
+            </w:r>
+            <w:r w:rsidR="005671B1">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3695F1E1" w14:textId="7DC65D53" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="00B22C6D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="316D282B" w14:textId="3DF7269F" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokyklos A įėjimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D918A23" w14:textId="7BAB2C52" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L. Sutkienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AAD4E2" w14:textId="70D0429E" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>G.</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001513CF" w:rsidRPr="005671B1" w14:paraId="1691099F" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B0D7685" w14:textId="552AE650" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E88AAF3" w14:textId="5D70C8EB" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C131600" w14:textId="2611F5CF" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:r>
+              <w:t>Atvirų durų vakaras būsimų pirmokų ir penktokų tėvams, globėjams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="633FE33A" w14:textId="5D5F3236" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="001513CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokytojai, pagalbos mokiniui specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24FD111F" w14:textId="7598082D" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C43843A" w14:textId="77777777" w:rsidR="001513CF" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>J. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFC839E" w14:textId="77777777" w:rsidR="001513CF" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>A. Pivorienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B869F11" w14:textId="36FE115C" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>S. Kavolienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080182F" w:rsidRPr="005671B1" w14:paraId="70F0C9B5" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BD05FCB" w14:textId="458665A0" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F7D253" w14:textId="4FF5929A" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>14.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="154CA35B" w14:textId="55F6FABE" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Viktorina „Vasario 16</w:t>
+            </w:r>
+            <w:r w:rsidR="005671B1">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>oji: prisimink, pasikartok, sužinok“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38238E6F" w14:textId="1E6D42F6" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="00B22C6D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">8a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>klas</w:t>
+            </w:r>
+            <w:r w:rsidR="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="471C10E4" w14:textId="39AFD154" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>158 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AC0C921" w14:textId="009898EB" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Sutkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080182F" w:rsidRPr="005671B1" w14:paraId="1CBD6FE6" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A84E78F" w14:textId="1036F43B" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B41C76" w14:textId="2744259F" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C640259" w14:textId="77777777" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Pamoka – viktorina ,,Vasario 16-oji: prisimink, pasikartok,  sužinok“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63B4A798" w14:textId="759CD353" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="248E4C0F" w14:textId="1E68D181" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="00B22C6D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5a,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22C6D" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5c kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22C6D" w:rsidRPr="005671B1">
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0208AD20" w14:textId="6E8D2668" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>235,</w:t>
+            </w:r>
+            <w:r w:rsidR="00664A23" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>230 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1198E80A" w14:textId="792F2A09" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J.</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Kačinskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E657A7" w14:textId="216CA418" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r w:rsidR="00801011" w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Levencova</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="6B8F124D" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="009396C3" w14:textId="20E5035B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CBE75A1" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">9.10, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="390B794D" w14:textId="01B3647A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08395D3D" w14:textId="5A225EA1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Prevencinė pamoka „Mokinio teisinė atsakomybė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BBA9912" w14:textId="73953D2D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>7a, 7b, 7c, 8a klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="608F0BF2" w14:textId="3F58CD66" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ACA3CE5" w14:textId="4CCCAB2E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="65F15EB0" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59D21DA6" w14:textId="0EEC4F03" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CC84CBB" w14:textId="1A9FD79F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B34A38F" w14:textId="011FA4B7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Edukacinė pamoka „Muzikinio teatro paslaptys“ Klaipėdos muzikiniame teatre </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D738815" w14:textId="784DE867" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5b klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24384D05" w14:textId="06089E2A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Klaipėdos muzikinis teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EEF85EC" w14:textId="13A870F3" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="70FEA3E1" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="300FAA46" w14:textId="57E52A0C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6403FFA4" w14:textId="40CB15B5" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10.00–12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="087329F9" w14:textId="270244C0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>XIX Lietuvos 5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8 klasių mokinių biologijos olimpiada II etapas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="451DDE71" w14:textId="1F7EF2EF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25EB7C9B" w14:textId="79C1F66F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5617FAD5" w14:textId="643A8D8C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Kačinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="2A042333" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DCC9C6B" w14:textId="5CC52FA3" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>9–13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D99ABC9" w14:textId="62CFD77B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B5FFB9C" w14:textId="7BD69AAF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>STEAM iššūkis pradinėms klasėms ,,Žiemos staigmenos“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C44755A" w14:textId="7AE8F857" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Pradinių klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3956C3D4" w14:textId="5241C84C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Pradinių klasių kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50A37674" w14:textId="0F3ACBFB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>L. Ubartė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="619E273E" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="485521D9" w14:textId="15303F4D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>9–13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="050059E0" w14:textId="76F91B93" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Pamokų metu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7984AA42" w14:textId="4DA3D5DB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Akcija „Būk saugus Internete“, skirta Saugaus interneto dienai paminėti </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7184958B" w14:textId="58DFF52F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0669E12C" w14:textId="16D0388A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>214 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26F00936" w14:textId="4D15CC7D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="5B4243FA" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33C1CA59" w14:textId="6CDD635A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C7C812A" w14:textId="04396C2F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1 pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F73F103" w14:textId="29F7FD8C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Informatikos pamoka ketvirtokams „Animacijos kūrimas Lietuvai“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DF1E83D" w14:textId="29C6BFB9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>4b klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2467586F" w14:textId="48B5EA35" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>214 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BB85FDC" w14:textId="05E6D078" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="40A1E316" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E3FB09" w14:textId="67EADB49" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45224A22" w14:textId="4B5887A8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F82C73B" w14:textId="5C0F01BD" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>,,Tvarumo akademijos“ nuotolinė pamoka ,,Bičių gyvenimas tarp gėlių ir šiukšlių“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6721EF4F" w14:textId="5CF34534" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5a, 5b, 5c klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BE6917A" w14:textId="082B3BA1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>235, 216, 230 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51A9A8C4" w14:textId="5FDFDF4B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Kačinskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74BC41CA" w14:textId="2A863164" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Levencova,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620DA5E3" w14:textId="79218771" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="5534ECEB" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C3BCE4B" w14:textId="062B38B8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D65CE38" w14:textId="432B9793" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15A4EBF3" w14:textId="7A62CD19" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Edukacinė programa „Ryto teatras“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72FC8631" w14:textId="3B632B19" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>2a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CB4F97D" w14:textId="66793107" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Klaipėdos jaunimo teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25D41BA2" w14:textId="525AB64E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>E. Markevič</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="1DE9D98A" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="299076E2" w14:textId="1E0F446C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="262D7593" w14:textId="4AC0AC5D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>3, 4 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39044818" w14:textId="5CA1506A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Dalyvavimas nuotoliniame renginyje „Skaitmeninė banga“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="744E8354" w14:textId="3396CA2D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5b klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="031119B7" w14:textId="3AD6E7C1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Lietuvos Respublikos ryšių reguliavimo tarnyba (nuotoliu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4214400C" w14:textId="6185B4EC" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="67E6A25D" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0460C712" w14:textId="0B4309F4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FC1BD4E" w14:textId="2A2B35A2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="168822EB" w14:textId="1D143818" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Prisijungimas prie skaitmeninės bangos „Kaip elgtis interneto džiunglėse?“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FB05314" w14:textId="450D06D8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1–4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A7031EF" w14:textId="48E452B3" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Biblioteka ir klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A456661" w14:textId="1655EA25" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>A. Tilvikienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D38677B" w14:textId="7649E4A4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>pradinių klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="71A0A553" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D752DF6" w14:textId="6F74489C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33710664" w14:textId="5B1281C1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="120F03DF" w14:textId="7008B755" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Klaipėdos miesto 4 klasių mokinių anglų kalbos konkursas „Best in English“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="651437CF" w14:textId="196E1923" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53ADEA12" w14:textId="2FC724DD" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>219, 221 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05DE0143" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>V. Kerdokienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F9A7A1" w14:textId="30E32C0D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S. Gudavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="5F20EE3F" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="253D9202" w14:textId="603FC761" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46172BFF" w14:textId="09D0D113" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>7 pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01FFA43E" w14:textId="2BB8A8FE" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Popietė skirtingų gebėjimų mokiniams „Saugus internetas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="474C8064" w14:textId="448C9461" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>2 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CE65A10" w14:textId="7DF290AE" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Biblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DA55A58" w14:textId="0BD56EAD" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">A. Tilvikienė,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C1A1193" w14:textId="2B87DAFB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>L. Sirutytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="7878C7B1" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B949BD5" w14:textId="35CF571A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F2B0395" w14:textId="6E4D4F0B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="403556BA" w14:textId="26DE4798" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Klaipėdos miesto 4-tų klasių mokinių anglų kalbos konkursas „MY COUNTRY FACTS: THEN AND NOW“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="594CF11D" w14:textId="386D4997" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77CAD3AD" w14:textId="53AD089C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Simono Dacho progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="303031F3" w14:textId="3D59E1FA" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>J. Gainienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B279480" w14:textId="43F8F29F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>J. Vaišnorienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="69122FBC" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="025BEF68" w14:textId="069DE06C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BFC1FDB" w14:textId="71B73AEA" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="325EDB72" w14:textId="2B078415" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5a kl</w:t>
+            </w:r>
+            <w:r>
+              <w:t>asės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">mokinių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">tėvų </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(globėjų) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>susirinkimas. I pusmečio ir adaptacijos penktoje klasėje aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C156872" w14:textId="5D076396" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5a klasės mokinių tėvai, globėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C54DAEB" w14:textId="67E6E3CE" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E5F4CCD" w14:textId="3C3F08A4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Kačinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="2DDD5D6A" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="627F347F" w14:textId="63C9915F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="450DDBA1" w14:textId="43154845" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FAF941E" w14:textId="7F84543E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>STEAM edukacija ,,Magiškojo muilo laboratorija“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DD21A90" w14:textId="17393B23" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5a, 5b, 5c klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1051F416" w14:textId="5A540520" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>235, 230, 216 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65378CE6" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Kačinskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F254333" w14:textId="593B46BB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Levencova,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="330DA771" w14:textId="521554E4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="48F1D347" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CE17477" w14:textId="2F82049F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="103DA824" w14:textId="199B8B0E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8.15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4962" w:type="dxa"/>
-[...10 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28681551" w14:textId="2D259A07" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Informatikos pamoka ketvirtokams „Animacijos kūrimas Lietuvai“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C068CA8" w14:textId="1692C295" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>4c klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="624EE6C4" w14:textId="173F7EE9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>214 kab</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07F7CFF6" w14:textId="79F46DA2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="50E73190" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="209143AE" w14:textId="7D32711A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FDE3AFB" w14:textId="132A0023" w:rsidR="00481243" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1–5 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D5404C6" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Klaipėdos universiteto Socialinių ir humanitarinių mokslų fakulteto Vaikystės pedagogikos studijų programos III kurso nuolatinių studijų studentų vedamos lietuvių kalbos ir literatūros pamokos pradinių kasių mokiniams</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B89A80C" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B008763" w14:textId="2B47F367" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1b, 2c, 3b, 4a, 4c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E56AF31" w14:textId="0251773C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Klasių kabinetuose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A57F0D9" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>I. Norkienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABF6336" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Gorskė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4E1029" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Tirūnienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCEC1A0" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>L. Ubartė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E6CA99" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>I. Micevičienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8BB68D" w14:textId="1AF7479F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Narkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="181492A9" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EDAA728" w14:textId="4A56D6E8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="754B6F70" w14:textId="007F52C2" w:rsidR="00481243" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69FF0795" w14:textId="2F96931A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Geografijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>olimpiada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77D2CE8B" w14:textId="3E960FE2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">6–8 klasių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D4AAE84" w14:textId="1DEC225D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>212 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65160040" w14:textId="06EF1012" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Rapolavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="79324DB0" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="518F0117" w14:textId="319F8789" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7629A465" w14:textId="501F5262" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>17.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3694BD1D" w14:textId="5CA85B9B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5b klasės tėvų susirinkimas. I pusmečio aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0327D648" w14:textId="41CF39A0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5b klasės mokinių tėvai, globėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A544C58" w14:textId="45E293AE" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>214 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F018AAF" w14:textId="20484AE9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="16937072" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="737F662D" w14:textId="0DA42249" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="797FBB77" w14:textId="6CC4026A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3447AC75" w14:textId="0D4AEB01" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Edukacinė gyvenimo įgūdžių pamoka „Žiemos pavojai prie vandens“. Svečiuose </w:t>
-[...2 lines deleted...]
-              <w:t>Aleksandras Siakki</w:t>
+              <w:t xml:space="preserve">8b klasės mokinių tėvų (globėjų) susirinkimas. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8b klasės mokinių I pusmečio pasiekim</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> (</w:t>
-[...8 lines deleted...]
-              <w:t>Klaipėdos paplūdimiai</w:t>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>, artėjan</w:t>
             </w:r>
             <w:r>
-              <w:t>“ g</w:t>
-[...2 lines deleted...]
-              <w:t>elbėtojų vadovas</w:t>
+              <w:t>čių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> NMPP (lietuvių k. ir literatūra, matematika) bei tolesnio mokymosi galimyb</w:t>
             </w:r>
             <w:r>
-              <w:t>)</w:t>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:t>ių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve"> – gimnazijos ir kitos mokyklos</w:t>
+            </w:r>
             <w:r>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0030683A">
+              <w:t xml:space="preserve"> aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CAFD175" w14:textId="4DF72A99" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8b klasės mokinių tėvai, globėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40033DE3" w14:textId="1249D834" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>217 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5769F2C6" w14:textId="6440518A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Žilienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="09FB13C7" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32779352" w14:textId="6E54D1EA" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="305B86CF" w14:textId="07D70D63" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="424F7AC2" w14:textId="4706033B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Nacionalinis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>konkursas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>„Lietuvos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>istorijos žinovas 2026“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E2529DB" w14:textId="4CA17273" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72C3BE67" w14:textId="1AF479B1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>205 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A6C5B65" w14:textId="2FED3406" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="38F98D5E" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B3E43AD" w14:textId="66F35BD0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EB73092" w14:textId="2116154E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44CF1A05" w14:textId="673C0389" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Lietuvos valstybės atkūrimo dienai paminėti </w:t>
+            </w:r>
+            <w:r>
+              <w:t>skirtas renginys „Lietuva vaikų akimis“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58260882" w14:textId="04609370" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1-4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46214322" w14:textId="0804DC0C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05195C60" w14:textId="3D7A8037" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Butvydienė, pradinių klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="3FDF7B07" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77D59FBB" w14:textId="038B355E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E8B0023" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10.55, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="595DCB75" w14:textId="0590FFE8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E533186" w14:textId="26B61BCF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Lietuvos valstybės atkūrimo dienai paminėti plakato kūrimas „Mano padėka Lietuvai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="589FE2B4" w14:textId="33559457" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08C90B81" w14:textId="752893A9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30B5B43B" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CB0DDC" w14:textId="45CFFC65" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokinių taryba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="26AE474C" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18CA6BB6" w14:textId="439A5416" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2892F42B" w14:textId="1298AF74" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="068FB85B" w14:textId="654DBFE7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Konkursas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- viktorina</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„Lietuviais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>esame</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28ADE14D" w14:textId="52A02BE9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>gimę,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>lietuviais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>norime</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>ir būt!”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31A90BFC" w14:textId="65C173F7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">6 klasių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D3D8130" w14:textId="498AC144" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>205 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B25352D" w14:textId="17668A52" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simutienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B91E294" w14:textId="0D75F9A2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Rapolavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="32765232" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EEC314D" w14:textId="2ADBB12E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="762C4663" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B954811" w14:textId="52FADA7E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lietuvos valstybės atkūrimo dienai paminėti </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>skirtas renginys „Vienybėje – Lietuvos stiprybė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48FA70A5" w14:textId="57148158" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokyklos bendruomenė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AC033D2" w14:textId="29353D67" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokyklos redvės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01E2A995" w14:textId="77777777" w:rsidR="00481243" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L. Simutienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A90DCE0" w14:textId="50811805" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>darbo grupė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="784EECF6" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E95FE37" w14:textId="3541E16D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B46507C" w14:textId="3B71F0DC" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="738A69FA" w14:textId="1D31EEBB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edukacija „Draugystės apyrankė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2010A039" w14:textId="1FA0485D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>2a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38DF5CAF" w14:textId="6304D5C0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Ievos Simonaitytės viešoji biblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF38555" w14:textId="4B8908E8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>E. Markevič</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="3A9A914A" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="406DFCA0" w14:textId="63CC2089" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>23–27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56815BB2" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA796C7" w14:textId="34F9F280" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gražiausio lietuviško žodžio/posakio rinkimai (skirta paminėti tarptautinę gimtosios kalbos dieną – vasario 21 d.) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27502557" w14:textId="3E6AEBE1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1–8 klasių mokiniai, mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48B5344D" w14:textId="65B33252" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Mokyklos erdvės </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF03ADE" w14:textId="52AC393E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>D. Girčė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5280D2FF" w14:textId="332B51DC" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Juškienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA44290" w14:textId="40113832" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>I. Vasiliauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="4D447847" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49F44464" w14:textId="64727CD1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AF09435" w14:textId="5E4B5E00" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>9.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A7293F7" w14:textId="44F4235B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8 kl</w:t>
+            </w:r>
             <w:r>
-              <w:t>8 kl</w:t>
-[...2 lines deleted...]
-              <w:t>asių mokiniai</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokinių matematikos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58A334FC" w14:textId="1B7CB8BF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių  mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6799A05A" w14:textId="6746524B" w:rsidR="00A81A25" w:rsidRPr="00870C5D" w:rsidRDefault="00A81A25" w:rsidP="00A81A25">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0834819D" w14:textId="6F801627" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>215 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="615D243F" w14:textId="667195E8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Žvinklienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="4A24B07A" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="285FA06D" w14:textId="33DE6187" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="779A3535" w14:textId="0D91662F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71F83A9F" w14:textId="6B13E869" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojų tarybos posėdis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AEDD614" w14:textId="0CCFD742" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokytojų tarybos nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713AA1E4" w14:textId="4A740225" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Aktų salė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...645 lines deleted...]
-          <w:p w14:paraId="541C1623" w14:textId="2198E630" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="023F7A47" w14:textId="77777777" w:rsidR="00481243" w:rsidRDefault="00481243" w:rsidP="00481243">
             <w:r>
               <w:t>J. Grigienė,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="548A120F" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+          <w:p w14:paraId="7161A5DB" w14:textId="74EEB2F2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
             <w:r>
-              <w:t>L. Grybauskienė</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7DF7F856" w14:textId="77777777" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7"/>
+              <w:t>A. Pivorienė</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00582EE7" w:rsidRPr="00FF071E" w14:paraId="70FEA3E1" w14:textId="77777777" w:rsidTr="009A327D">
-[...13 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="1C756861" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CA8AF71" w14:textId="3E01A3D1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E5F6076" w14:textId="32CFE45D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C04639C" w14:textId="5C1478B2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bendrojo ugdymo mokyklų 5–10 klasių mokinių matematikos konkurs</w:t>
+            </w:r>
             <w:r>
-              <w:t xml:space="preserve">15 </w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Kodas“  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F6E4238" w14:textId="77E77528" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių  mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23EF436D" w14:textId="118BBED5" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Klaipėdos licėjus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3924AB13" w14:textId="2E90DFF1" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Žvinklienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC3CC7F" w14:textId="06EBE14B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Levencova,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFA6159" w14:textId="222EAB54" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>O. Šalkauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="4C7FB15C" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A28E2BE" w14:textId="037188E7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D8F8849" w14:textId="642BFF84" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">14.00 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="466C3CA0" w14:textId="01762B7E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dailaus rašto konkursas ,,Žąsies plunksna“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="415E9360" w14:textId="1066E915" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6448AE21" w14:textId="1F34216A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Klaipėdos jūrų kadetų gimnazija  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3862B229" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>D. Girčė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D599A93" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Juškienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="534D032D" w14:textId="318BBE6A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>I. Vasiliauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="048C29B7" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A577AF0" w14:textId="4AEE8CB5" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19141A0A" w14:textId="3C98D61E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>14.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3337A4BC" w14:textId="4E5B18FC" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paauglių socialinių įgūdžių ugdymo programa „Tiltai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78B7957D" w14:textId="7EFC9F65" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>6a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35EECA68" w14:textId="5ADA9B42" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>210 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0470BB61" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>M. Šertvytis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D7C423" w14:textId="73D12711" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="296F5985" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C2DDE20" w14:textId="1A9B8F29" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46AF3F2D" w14:textId="5CCFE0B9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C177B1D" w14:textId="3A8E959C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8c, 7c  klasių tėvų susirinkimas. </w:t>
+            </w:r>
             <w:r>
-              <w:t xml:space="preserve">12.00 </w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="087329F9" w14:textId="57A5D035" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pusmečio rezultatų aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BDAD23D" w14:textId="3D527AF0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8c, 7c klasių mokinių tėvai, globėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54C04BAB" w14:textId="08F617B7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>212, 205 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56825C29" w14:textId="5914A726" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simutienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7023D355" w14:textId="62166A6F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>R. Rapolavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="3AC6804C" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4735CE45" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C1A76F" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55412870" w14:textId="6CFFE659" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FB925BB" w14:textId="3F9790BF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1F1F1F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Savipagalbos grupė 5</w:t>
+            </w:r>
             <w:r>
-              <w:t>Lietuvos vaikų ir moksleivių TV konkursas „Dainų dainelė“, I etapas (C ir D grupės)</w:t>
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8 klasių vadovams „Pasitarkime“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CE956FE" w14:textId="4C1384A9" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5–8 klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EBB22DE" w14:textId="7493725E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C357B42" w14:textId="57977EDA" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="1F5858D6" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B40F507" w14:textId="1E465350" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7604E50E" w14:textId="0AF6F92F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1 pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34D45049" w14:textId="3FC240BD" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informatikos pamoka ketvirtokams „Animacijos kūrimas Lietuvai“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5018C048" w14:textId="063EA0FA" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>4a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60957A19" w14:textId="63F86AD8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>214 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6179F928" w14:textId="2AEC890B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>G. Ruškienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="3A488711" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B1EFE49" w14:textId="17629915" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F0E160E" w14:textId="3C977560" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1–5 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A70E144" w14:textId="6C1C7D3D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Klaipėdos universiteto Socialinių ir humanitarinių mokslų fakulteto Vaikystės pedagogikos studijų programos III kurso nuolatinių studijų studentų vedamos lietuvių kalbos ir literatūros pamokos pradinių kasių mokiniams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="677EC0CC" w14:textId="6C111707" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1a, 2b, 4b, 4c klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04B73CD0" w14:textId="1752DDCC" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Klasių kabinetuose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6113AA88" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>I. Norkienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8211ED" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>S. Gudavičienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF687DD" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>D. Budvytienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04A49DDB" w14:textId="5EC71029" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Narkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="7DC74CB0" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06F3F35F" w14:textId="530D61E6" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Pirmadieniais,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57CC308B" w14:textId="79648859" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ketvirtadieniais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F10C79D" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F6F24B4" w14:textId="7CA4BEDC" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.55,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C6C474" w14:textId="05555B4B" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="616B57A0" w14:textId="46191831" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Susirinkimai, veiklų planavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E0D8BE2" w14:textId="34A1715A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18BC597C" w14:textId="686DEF03" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C773D73" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC1B19B" w14:textId="657D4C2D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Mokinių taryba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="211F6650" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D2AE5A6" w14:textId="4B8DAED2" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Su mokiniais suderintas laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51B8F3E9" w14:textId="15789B03" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Su mokiniais suderintas laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDF8B12" w14:textId="0BFEA6E6" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>8c klasės solistė,</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ndividualios konsultacijos </w:t>
+            </w:r>
             <w:r>
-              <w:t>6c klasės duetas</w:t>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pecialiųjų ugdymosi poreikių </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">turintiems </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mokiniams </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F720CFC" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1568E323" w14:textId="2D4DF2F8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>SUP 5–8  klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25EB7C9B" w14:textId="268B92D9" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="73DE630B" w14:textId="6A339F57" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="358A9914" w14:textId="5974B9A0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="52B27454" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="015BE46B" w14:textId="162CF2FF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D56839C" w14:textId="5B488C91" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B03CDFE" w14:textId="43557EE0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Projekto „Galimybių mokyklą“ sutarties pratęsimas ir vadovėlių iš ES lėšų pirkimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C0251CE" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20091F15" w14:textId="00ECA223" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Biblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18FA3AE7" w14:textId="67E838DD" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>A. Tilvikienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="7DF3EA34" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A3ED6AB" w14:textId="2517175E" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77BE1CAF" w14:textId="54775EED" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="535F591D" w14:textId="00DCC136" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Klaipėdos „Vėtrungės“ gimnazija</w:t>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>espublikini</w:t>
+            </w:r>
             <w:r>
-              <w:t>L. Grybauskienė,</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nuotolini</w:t>
+            </w:r>
             <w:r>
-              <w:t>S. Šiaučiulis</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5617FAD5" w14:textId="69B232AC" w:rsidR="00582EE7" w:rsidRDefault="00582EE7" w:rsidP="00582EE7"/>
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8 klasių mokinių integruoto anglų kalbos ir lietuvių kalbos vertimo konkurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:rFonts w:eastAsia="SimSun"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:rStyle w:val="Grietas"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Žodžiai Be Sienų: Vertimo Kelionė“ ("Words Across Borders: A Journey In Translation")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BEA8AF9" w14:textId="114C624C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FE23957" w14:textId="2ED8A79F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D0F0D2" w14:textId="6ABE138F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Z. Juškaitė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BE9200" w14:textId="17B35446" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Kerdokienė</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00582EE7" w:rsidRPr="00FF071E" w14:paraId="00E499A2" w14:textId="77777777" w:rsidTr="009A327D">
-[...69 lines deleted...]
-              <w:t>1-8 klasių mokiniai</w:t>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="4F7DA53D" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0786FF24" w14:textId="01249C43" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">Visą mėnesį </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60F6AC57" w14:textId="7C9F4E48" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="723E8282" w14:textId="718000AF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>kl</w:t>
+            </w:r>
+            <w:r>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>mokinių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>mokyklinės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>anglų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">kalbos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>olimpiados</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6321AD8F" w14:textId="1EC99C71" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5–8 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="623870C0" w14:textId="1FC81339" w:rsidR="00582EE7" w:rsidRPr="007E3B20" w:rsidRDefault="00582EE7" w:rsidP="00582EE7">
-[...33 lines deleted...]
-              <w:t>klasių vadovai</w:t>
+          <w:p w14:paraId="1E0C3C5D" w14:textId="4F96F070" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E20C18B" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Gainienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59ADC51D" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Z. Juškaitė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A6FDEA5" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Kerdokienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56748776" w14:textId="30BD5C79" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Vaišnorienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00911FE1" w:rsidRPr="00FF071E" w14:paraId="272D2538" w14:textId="77777777" w:rsidTr="009A327D">
-[...13 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="03DD0B98" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C30A0A4" w14:textId="6B916399" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="208FA971" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42642340" w14:textId="43A6D606" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Tarptautinių Erasmus+ paraiškų rengimas finansavimui gauti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16A927DE" w14:textId="7C5E47CB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="726B2C6A" w14:textId="5EEE707D" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="726D7E51" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1493C443" w14:textId="6D93D6F8" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>V. Kerdokienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="25B1CF47" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3197CDFC" w14:textId="4D9B965A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27C6024F" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7253484B" w14:textId="453170C7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Tyrimas „5</w:t>
+            </w:r>
             <w:r>
-              <w:t>18</w:t>
-[...29 lines deleted...]
-          <w:p w14:paraId="6DD3F5F6" w14:textId="43D931EF" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8 kl</w:t>
+            </w:r>
             <w:r>
-              <w:t>Tėvų klubo 11 gimtadienio minėjimas</w:t>
-[...16 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> naujai atvykusių mokinių adaptacija P</w:t>
+            </w:r>
             <w:r>
-              <w:t>Tėvų klubo nariai</w:t>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>rano</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mašioto progimnazijoje“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00095CE9" w14:textId="76B87105" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5–8 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="614F8757" w14:textId="77777777" w:rsidR="00911FE1" w:rsidRPr="007E3B20" w:rsidRDefault="00911FE1" w:rsidP="00582EE7">
-[...21 lines deleted...]
-              <w:t>S. Kavolienė</w:t>
+          <w:p w14:paraId="023E0D45" w14:textId="6A6E504F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">207 kab. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="218FD381" w14:textId="250BCEB4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E3B20" w:rsidRPr="00FF071E" w14:paraId="49A51A61" w14:textId="77777777" w:rsidTr="009A327D">
-[...75 lines deleted...]
-              <w:t>8 klasių  mokiniai</w:t>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="023D1D46" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D957EE6" w14:textId="28812942" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B322867" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E44D201" w14:textId="14C04941" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Tarptautinis EU-CONEXUS mokyklų konkursas Think Smart, Create Green“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1139615C" w14:textId="3441A95C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>8c klasės mokinių komanda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="652D3D5D" w14:textId="755AD0E1" w:rsidR="007E3B20" w:rsidRDefault="007E3B20" w:rsidP="007E3B20">
-[...24 lines deleted...]
-              <w:t>J. Kačinskienė</w:t>
+          <w:p w14:paraId="6158B699" w14:textId="6AF4717C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>235, 241 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B0E1018" w14:textId="19013C34" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>J. Kačinskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="236203EB" w14:textId="5F6F55E7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Z. Juškaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E975A4" w:rsidRPr="00FF071E" w14:paraId="3EB2C361" w14:textId="77777777" w:rsidTr="009A327D">
-[...2066 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="7AC6CF42" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04291E8F" w14:textId="4118BE92" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Visą mėnesį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="1907FA0D" w14:textId="77777777" w:rsidR="001F00F5" w:rsidRPr="00DA6549" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38860973" w14:textId="77777777" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09254EC8" w14:textId="1166B1B7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r>
+              <w:t>Projektas ,,Mano širdies himnas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="774C0580" w14:textId="1B53EF17" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5b, 6a, 6b, 7a, 7c klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A7BFE34" w14:textId="005225A4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>211, 221 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41D3F0B9" w14:textId="29C9F7F0" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...20 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...39 lines deleted...]
-              <w:t>2 klasių mokiniai ir jų tėvai</w:t>
+              <w:t>O. Turauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="7F2DC347" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77566B85" w14:textId="134D36B7" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4967B697" w14:textId="6B65FCEE" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4A0A3" w14:textId="7A9A0435" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1 klasių mokinių adaptacijos mokykloje tyrimo rezultatų aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A2368A1" w14:textId="5EE7DCAB" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>1 klasių mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BAE53E7" w14:textId="43896455" w:rsidR="001F00F5" w:rsidRPr="008F27C6" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
-[...26 lines deleted...]
-              <w:t>1–2 klasių mokytojai</w:t>
+          <w:p w14:paraId="7B71B30A" w14:textId="703D96D6" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>210 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53EE7C92" w14:textId="0448B827" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>M. Šertvytis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F00F5" w:rsidRPr="006F3590" w14:paraId="30B67C37" w14:textId="77777777" w:rsidTr="009A327D">
-[...105 lines deleted...]
-              <w:t xml:space="preserve">2 klasių mokiniai </w:t>
+      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="25B140A0" w14:textId="77777777" w:rsidTr="005671B1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7890464F" w14:textId="74CD745A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Derinama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51E63491" w14:textId="51A77910" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="077B7FDD" w14:textId="1A604858" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5 klasių mokinių adaptacijos mokykloje tyrimo rezultatų aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27E4E4F4" w14:textId="5025B89A" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>5 klasių mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3153506C" w14:textId="2A6702E3" w:rsidR="001F00F5" w:rsidRDefault="001F00F5" w:rsidP="001F00F5">
-[...1839 lines deleted...]
-              <w:t>I. Vasiliauskienė</w:t>
+          <w:p w14:paraId="133029CD" w14:textId="3941C349" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>210 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39C06A0D" w14:textId="5E64F8F4" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="005671B1">
+              <w:t>M. Šertvytis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E41B2B6" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="006B147C">
+    <w:p w14:paraId="0E41B2B6" w14:textId="162379D9" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="006B147C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005671B1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A063865" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="006B147C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A1AD45A" w14:textId="36F1BA80" w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidRDefault="001113FA" w:rsidP="00BF12E2">
-      <w:r w:rsidRPr="001113FA">
+    <w:p w14:paraId="7195B90D" w14:textId="77777777" w:rsidR="000025DA" w:rsidRPr="005671B1" w:rsidRDefault="000025DA" w:rsidP="006B147C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B5E1913" w14:textId="71E3DBF5" w:rsidR="00B24BFA" w:rsidRPr="00481243" w:rsidRDefault="00481243" w:rsidP="006B147C">
+      <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001113FA">
+      </w:pPr>
+      <w:r w:rsidRPr="00481243">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Direktoriaus pavaduotoja ugdymui </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5792,92 +7770,110 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                </w:t>
+        <w:t xml:space="preserve">                 </w:t>
       </w:r>
-      <w:r w:rsidRPr="001113FA">
+      <w:r w:rsidRPr="00481243">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Sandra Kavolienė</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidSect="00275FA8">
+    <w:p w14:paraId="6717DBFB" w14:textId="77777777" w:rsidR="000025DA" w:rsidRPr="005671B1" w:rsidRDefault="000025DA" w:rsidP="006B147C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="734AC2BB" w14:textId="77777777" w:rsidR="000025DA" w:rsidRPr="005671B1" w:rsidRDefault="000025DA" w:rsidP="006B147C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0971967C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
+    <w:p w14:paraId="30192B80" w14:textId="77777777" w:rsidR="003B1FC0" w:rsidRPr="005671B1" w:rsidRDefault="003B1FC0" w:rsidP="00BF12E2"/>
+    <w:p w14:paraId="65A6C685" w14:textId="32B1C1D5" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
+    <w:p w14:paraId="4A1AD45A" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
+    <w:sectPr w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidSect="00275FA8">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="539" w:bottom="567" w:left="426" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="074B7269"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4062C50"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5937,50 +7933,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="148554C0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45D2F02A"/>
+    <w:lvl w:ilvl="0" w:tplc="3E8AB6A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="286D14CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55F274FA"/>
     <w:lvl w:ilvl="0" w:tplc="B158FAA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6025,51 +8110,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55CD6068"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E17E5D44"/>
     <w:lvl w:ilvl="0" w:tplc="5A3C4B50">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6115,51 +8200,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BAF7A3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98D47D7C"/>
     <w:lvl w:ilvl="0" w:tplc="215E86B6">
       <w:start w:val="204"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6204,51 +8289,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E30770D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4ACABC8C"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6293,51 +8378,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="759B0AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC22F2F0"/>
     <w:lvl w:ilvl="0" w:tplc="3700478A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6383,218 +8468,239 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2108042602">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1204710911">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1971592779">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="350188138">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1136869786">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1075854891">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="880095752">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF12E2"/>
     <w:rsid w:val="000025DA"/>
+    <w:rsid w:val="00015C30"/>
     <w:rsid w:val="00034B82"/>
     <w:rsid w:val="0004348D"/>
     <w:rsid w:val="0004562D"/>
     <w:rsid w:val="00063B80"/>
     <w:rsid w:val="00070D49"/>
     <w:rsid w:val="000716FE"/>
     <w:rsid w:val="00092D52"/>
     <w:rsid w:val="0009467E"/>
-    <w:rsid w:val="000B74DF"/>
+    <w:rsid w:val="000E2482"/>
     <w:rsid w:val="000E4785"/>
     <w:rsid w:val="000F05AD"/>
-    <w:rsid w:val="001113FA"/>
+    <w:rsid w:val="00135AFF"/>
+    <w:rsid w:val="001513CF"/>
     <w:rsid w:val="001729AA"/>
-    <w:rsid w:val="001A7256"/>
+    <w:rsid w:val="001A5163"/>
     <w:rsid w:val="001B77CA"/>
     <w:rsid w:val="001D7F3B"/>
-    <w:rsid w:val="001F00F5"/>
+    <w:rsid w:val="001E1C57"/>
     <w:rsid w:val="001F2F40"/>
+    <w:rsid w:val="001F4749"/>
     <w:rsid w:val="002019FC"/>
+    <w:rsid w:val="00216C12"/>
     <w:rsid w:val="002508EB"/>
     <w:rsid w:val="00275FA8"/>
     <w:rsid w:val="00295684"/>
+    <w:rsid w:val="002A4F82"/>
+    <w:rsid w:val="002C07FA"/>
     <w:rsid w:val="002E16D4"/>
     <w:rsid w:val="002E7644"/>
     <w:rsid w:val="002F6229"/>
     <w:rsid w:val="002F6E7C"/>
     <w:rsid w:val="00300AEE"/>
     <w:rsid w:val="00302386"/>
-    <w:rsid w:val="0030683A"/>
     <w:rsid w:val="003223B8"/>
     <w:rsid w:val="00323C46"/>
     <w:rsid w:val="003519C5"/>
     <w:rsid w:val="00352CED"/>
     <w:rsid w:val="0035424B"/>
     <w:rsid w:val="00361773"/>
+    <w:rsid w:val="0038180C"/>
     <w:rsid w:val="00386529"/>
     <w:rsid w:val="00392000"/>
     <w:rsid w:val="00394C36"/>
-    <w:rsid w:val="0039615E"/>
     <w:rsid w:val="003964E8"/>
     <w:rsid w:val="003A626F"/>
     <w:rsid w:val="003B1FC0"/>
+    <w:rsid w:val="00455169"/>
+    <w:rsid w:val="00481243"/>
     <w:rsid w:val="004851A1"/>
+    <w:rsid w:val="004A4247"/>
+    <w:rsid w:val="004B1873"/>
     <w:rsid w:val="004C6C3C"/>
+    <w:rsid w:val="004F5F4C"/>
     <w:rsid w:val="00527F79"/>
-    <w:rsid w:val="00550EA2"/>
+    <w:rsid w:val="00541709"/>
     <w:rsid w:val="00561031"/>
-    <w:rsid w:val="005654BF"/>
+    <w:rsid w:val="005671B1"/>
     <w:rsid w:val="00570246"/>
-    <w:rsid w:val="00582EE7"/>
     <w:rsid w:val="005A0DDF"/>
     <w:rsid w:val="005A767F"/>
     <w:rsid w:val="005B0A8B"/>
+    <w:rsid w:val="005C4342"/>
     <w:rsid w:val="005E044E"/>
+    <w:rsid w:val="005F2F1C"/>
     <w:rsid w:val="006031DC"/>
-    <w:rsid w:val="006304CA"/>
+    <w:rsid w:val="00653725"/>
+    <w:rsid w:val="00664A23"/>
     <w:rsid w:val="00680529"/>
     <w:rsid w:val="0068366F"/>
-    <w:rsid w:val="006842F6"/>
     <w:rsid w:val="00687D0C"/>
+    <w:rsid w:val="00695770"/>
     <w:rsid w:val="006B147C"/>
-    <w:rsid w:val="006C72B1"/>
+    <w:rsid w:val="006D2845"/>
     <w:rsid w:val="006F5CB4"/>
     <w:rsid w:val="0070142C"/>
     <w:rsid w:val="007106B5"/>
     <w:rsid w:val="0072568B"/>
-    <w:rsid w:val="0073635A"/>
+    <w:rsid w:val="007511D5"/>
     <w:rsid w:val="00755199"/>
     <w:rsid w:val="00766426"/>
     <w:rsid w:val="007872C3"/>
+    <w:rsid w:val="007A0FFC"/>
+    <w:rsid w:val="007B0995"/>
     <w:rsid w:val="007D7759"/>
-    <w:rsid w:val="007E3B20"/>
     <w:rsid w:val="007E5B7B"/>
     <w:rsid w:val="007F519F"/>
+    <w:rsid w:val="00801011"/>
+    <w:rsid w:val="0080182F"/>
+    <w:rsid w:val="00834E4C"/>
     <w:rsid w:val="008410AE"/>
     <w:rsid w:val="008418CC"/>
+    <w:rsid w:val="00872EAA"/>
     <w:rsid w:val="008766F1"/>
+    <w:rsid w:val="00877820"/>
     <w:rsid w:val="00886E45"/>
     <w:rsid w:val="008A4F12"/>
     <w:rsid w:val="008C36F3"/>
     <w:rsid w:val="008D299D"/>
-    <w:rsid w:val="008F27C6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009A327D"/>
+    <w:rsid w:val="009004F5"/>
+    <w:rsid w:val="009044C1"/>
+    <w:rsid w:val="009B7EDE"/>
+    <w:rsid w:val="009D21D7"/>
+    <w:rsid w:val="009D42AF"/>
     <w:rsid w:val="009F6A0F"/>
     <w:rsid w:val="00A20466"/>
-    <w:rsid w:val="00A81A25"/>
     <w:rsid w:val="00AA6B74"/>
+    <w:rsid w:val="00AC37DA"/>
     <w:rsid w:val="00AC59C4"/>
     <w:rsid w:val="00AE22E0"/>
-    <w:rsid w:val="00AF17DC"/>
+    <w:rsid w:val="00B17DB2"/>
     <w:rsid w:val="00B21046"/>
+    <w:rsid w:val="00B22C6D"/>
     <w:rsid w:val="00B24BFA"/>
     <w:rsid w:val="00BB3A59"/>
+    <w:rsid w:val="00BE4103"/>
     <w:rsid w:val="00BF12E2"/>
     <w:rsid w:val="00C21859"/>
     <w:rsid w:val="00C5404E"/>
     <w:rsid w:val="00C56632"/>
     <w:rsid w:val="00C622D1"/>
     <w:rsid w:val="00C765D4"/>
+    <w:rsid w:val="00CB4320"/>
     <w:rsid w:val="00CB6185"/>
-    <w:rsid w:val="00CC3ECF"/>
-    <w:rsid w:val="00CF3DEE"/>
     <w:rsid w:val="00CF598A"/>
     <w:rsid w:val="00D005A1"/>
     <w:rsid w:val="00D01555"/>
-    <w:rsid w:val="00D25934"/>
+    <w:rsid w:val="00D01CF0"/>
+    <w:rsid w:val="00D35DFB"/>
     <w:rsid w:val="00D36858"/>
     <w:rsid w:val="00D4042C"/>
     <w:rsid w:val="00D4055E"/>
-    <w:rsid w:val="00E104AF"/>
     <w:rsid w:val="00E21ACC"/>
-    <w:rsid w:val="00E23DE0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E650A0"/>
+    <w:rsid w:val="00E65A71"/>
     <w:rsid w:val="00E70D40"/>
     <w:rsid w:val="00E87755"/>
-    <w:rsid w:val="00E93019"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E975A4"/>
     <w:rsid w:val="00EB4BA7"/>
     <w:rsid w:val="00EC02A7"/>
     <w:rsid w:val="00ED6B14"/>
     <w:rsid w:val="00EE193D"/>
     <w:rsid w:val="00EE2522"/>
     <w:rsid w:val="00EF3224"/>
     <w:rsid w:val="00EF7971"/>
     <w:rsid w:val="00F2274C"/>
     <w:rsid w:val="00F27678"/>
     <w:rsid w:val="00F3194C"/>
+    <w:rsid w:val="00F60E51"/>
+    <w:rsid w:val="00F62949"/>
     <w:rsid w:val="00F80F70"/>
     <w:rsid w:val="00F94E3C"/>
     <w:rsid w:val="00F96EC4"/>
     <w:rsid w:val="00FB05E3"/>
     <w:rsid w:val="00FF071E"/>
     <w:rsid w:val="00FF4374"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -7113,50 +9219,79 @@
     <w:rsid w:val="00C56632"/>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F3194C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F3194C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F4749"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E1C57"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1288509174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
@@ -7448,74 +9583,74 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA458E3D-0CCF-463E-93F6-5471CD98D712}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2168</Characters>
+  <Pages>5</Pages>
+  <Words>5107</Words>
+  <Characters>2911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5958</CharactersWithSpaces>
+  <CharactersWithSpaces>8002</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mokytoja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>