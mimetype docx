--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,7879 +1,10349 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="30E20574" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="30E20574" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69F7FCF1" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="69F7FCF1" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="00BE229D" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005671B1">
+      <w:r w:rsidRPr="00BE229D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>KLAIPĖDOS PRANO MAŠIOTO PROGIMNAZIJA</w:t>
+        <w:t>KLAIPĖDOS P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>RANO MAŠIOTO PROGIMNAZIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AFA687" w14:textId="7349DE86" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00F62949" w:rsidP="00BF12E2">
+    <w:p w14:paraId="69AFA687" w14:textId="2FF0D5B3" w:rsidR="00BF12E2" w:rsidRPr="00AF2B4B" w:rsidRDefault="00AF2B4B" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005671B1">
+      <w:r w:rsidRPr="00AF2B4B">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>VASARIO</w:t>
+        <w:t>KOVO</w:t>
       </w:r>
-      <w:r w:rsidR="00BF12E2" w:rsidRPr="005671B1">
+      <w:r w:rsidR="00BF12E2" w:rsidRPr="00AF2B4B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> MĖNESIO VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12948859" w14:textId="30E6A7C9" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="008D299D" w:rsidP="00BF12E2">
+    <w:p w14:paraId="12948859" w14:textId="30E6A7C9" w:rsidR="00BF12E2" w:rsidRDefault="008D299D" w:rsidP="00BF12E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005671B1">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00300AEE" w:rsidRPr="005671B1">
+      <w:r w:rsidR="00300AEE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00295684" w:rsidRPr="005671B1">
+      <w:r w:rsidR="00295684">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="005671B1">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="00300AEE" w:rsidRPr="005671B1">
+      <w:r w:rsidR="00300AEE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00295684" w:rsidRPr="005671B1">
+      <w:r w:rsidR="00295684">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00BF12E2" w:rsidRPr="005671B1">
+      <w:r w:rsidR="00BF12E2" w:rsidRPr="00BE229D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> m. m.</w:t>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF12E2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF12E2" w:rsidRPr="00BE229D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>m.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673F891C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="673F891C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B7BDBA7" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
+    <w:p w14:paraId="0B7BDBA7" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15309" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1871"/>
-        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1418"/>
         <w:gridCol w:w="5103"/>
-        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2239"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2098"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE2522" w:rsidRPr="005671B1" w14:paraId="2662CB24" w14:textId="77777777" w:rsidTr="005671B1">
+      <w:tr w:rsidR="00EE2522" w:rsidRPr="00BE3023" w14:paraId="2662CB24" w14:textId="77777777" w:rsidTr="00F72C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A65F66" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="005671B1" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+          <w:p w14:paraId="29A65F66" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00870C5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA69BB3" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870C5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B02575" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870C5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Veiklos pavadinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68999DB1" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870C5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dalyviai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6843853C" w14:textId="5C15F661" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="005B0A8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870C5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Vieta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015B4B42" w14:textId="77777777" w:rsidR="00EE2522" w:rsidRPr="00870C5D" w:rsidRDefault="00EE2522" w:rsidP="009E05A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00870C5D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Atsakingas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2D64" w:rsidRPr="00FF071E" w14:paraId="1CBD6FE6" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A84E78F" w14:textId="4400936D" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B41C76" w14:textId="1C641AF4" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6524990F" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>Respublikinis 1–8 klasių mokinių patyčių prevencijos istorijų konkursas „O man nutiko taip...“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63B4A798" w14:textId="194D5882" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="248E4C0F" w14:textId="0691E90B" w:rsidR="005B2D64" w:rsidRPr="00FF071E" w:rsidRDefault="005B2D64" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>7b kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve">asės </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0208AD20" w14:textId="51556996" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21E657A7" w14:textId="26A6115B" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Kerdokienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005621CC" w:rsidRPr="00FF071E" w14:paraId="5D48F1B0" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="121AA7CA" w14:textId="526CD29D" w:rsidR="005621CC" w:rsidRPr="00682766" w:rsidRDefault="005621CC" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23A3A8A8" w14:textId="77777777" w:rsidR="005621CC" w:rsidRPr="00092D52" w:rsidRDefault="005621CC" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5889F851" w14:textId="14DE3B76" w:rsidR="005621CC" w:rsidRPr="00682766" w:rsidRDefault="005621CC" w:rsidP="005B2D64">
+            <w:r>
+              <w:t xml:space="preserve">Kaziuko </w:t>
+            </w:r>
+            <w:r w:rsidR="003A7179">
+              <w:t>mugė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4008199C" w14:textId="77777777" w:rsidR="005621CC" w:rsidRPr="00682766" w:rsidRDefault="005621CC" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11CB5BE1" w14:textId="77777777" w:rsidR="005621CC" w:rsidRDefault="005621CC" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419070EC" w14:textId="77777777" w:rsidR="005621CC" w:rsidRPr="00682766" w:rsidRDefault="005621CC" w:rsidP="005B2D64"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2D64" w:rsidRPr="00FF071E" w14:paraId="03630E64" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E3AD27D" w14:textId="666D344C" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">1–9 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31A9F2F5" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FDA6A0F" w14:textId="019FEB54" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t>Respublikinis informatikos  konkursas „Ateities kompiuteriai. Kompiuteris 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>26“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59239F1C" w14:textId="3E336A70" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t>8 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>asių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="469BD0F5" w14:textId="282A5440" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PŠKC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62AC3466" w14:textId="586B1DCE" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ruškienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2D64" w:rsidRPr="00FF071E" w14:paraId="26791C1D" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0052EB36" w14:textId="172AA2E3" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="081637F5" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="576D7477" w14:textId="59B7A20D" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>7 klasių mokinių projektas „Sveikinimų ir linkėjimų pynė Lietuvai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D19E5DF" w14:textId="42C34448" w:rsidR="005B2D64" w:rsidRPr="00FF071E" w:rsidRDefault="005B2D64" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>7 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve">asių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05944EBE" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02A6FE98" w14:textId="4340BD2D" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Kerdokienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C968E6">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B81B8E7" w14:textId="73178306" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Vasiliauskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259D8161" w14:textId="680A7D15" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Simutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2D64" w:rsidRPr="00FF071E" w14:paraId="288E2713" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C17916E" w14:textId="7D09FE6B" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F32D8D7" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CB58C91" w14:textId="03723740" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t>Respublikinis skaitmeninių atvirukų konkursas -  paroda „Atvirukas Lietuvai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BDE7610" w14:textId="733F1D37" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t>8 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>asių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70640021" w14:textId="51AE006E" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>ŠŠPT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4765D44B" w14:textId="20674589" w:rsidR="005B2D64" w:rsidRPr="00682766" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ruškienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2D64" w:rsidRPr="00FF071E" w14:paraId="7DE83FAE" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D445FF4" w14:textId="6C2B5501" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7322120B" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D1B1A51" w14:textId="4D075E25" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r w:rsidRPr="00682766">
+              <w:t>Respublikinis nuotolinis 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve">6 klasių mokinių anglų kalbos vaizdo įrašo konkursas „Anglų kalba realiame gyvenime“ (English </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Real</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>life</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13CD8C0A" w14:textId="3AB386A7" w:rsidR="005B2D64" w:rsidRPr="00FF071E" w:rsidRDefault="005B2D64" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F8223CA" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13F5F1A6" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t>Z. Juškaitė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D4419BC" w14:textId="77777777" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gainienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA3D326" w14:textId="189C367D" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kerdokienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B2D64" w:rsidRPr="008B783F" w14:paraId="70FEA3E1" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="300FAA46" w14:textId="3882BFC2" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6403FFA4" w14:textId="5FF5B13A" w:rsidR="005B2D64" w:rsidRPr="00092D52" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="0017782A">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="087329F9" w14:textId="240BDEB6" w:rsidR="005B2D64" w:rsidRDefault="0017782A" w:rsidP="00C968E6">
+            <w:r>
+              <w:t>6b klasių mokinių tėvų, globėjų susirinkimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="451DDE71" w14:textId="59933A5F" w:rsidR="005B2D64" w:rsidRPr="00FF071E" w:rsidRDefault="005B2D64" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3651E">
+              <w:t xml:space="preserve"> klas</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t>ės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3651E">
+              <w:t xml:space="preserve"> mokinių tėvai, globėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25EB7C9B" w14:textId="00333252" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>218</w:t>
+            </w:r>
+            <w:r w:rsidR="00C968E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5617FAD5" w14:textId="29670A79" w:rsidR="005B2D64" w:rsidRDefault="005B2D64" w:rsidP="005B2D64">
+            <w:r>
+              <w:t>J. Vaišnorienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00485477" w:rsidRPr="008B783F" w14:paraId="15D845AF" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DA026B3" w14:textId="46B85430" w:rsidR="00485477" w:rsidRDefault="00522CDF" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73F97A44" w14:textId="7D9196B1" w:rsidR="00485477" w:rsidRDefault="00522CDF" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44D4695B" w14:textId="1CD321DF" w:rsidR="00485477" w:rsidRPr="00B3651E" w:rsidRDefault="00522CDF" w:rsidP="00485477">
+            <w:r>
+              <w:t>4 klasių lietuvių kalbos ir literatūros (skaitymo) Nacionaliniai mokinių pasiekimų patikrinimai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23DA9C35" w14:textId="4EDA7CD4" w:rsidR="00485477" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A7500F" w14:textId="20706DFC" w:rsidR="00485477" w:rsidRDefault="00522CDF" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elektroniniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44DCCD36" w14:textId="77777777" w:rsidR="00485477" w:rsidRDefault="00522CDF" w:rsidP="00485477">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B708C4" w14:textId="0DC12A3C" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00485477">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivorienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00485477" w:rsidRPr="008B783F" w14:paraId="4E42E4D4" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5ECF809D" w14:textId="731830CB" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0214CF84" w14:textId="77777777" w:rsidR="00485477" w:rsidRPr="005B0A8B" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>09.10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5985ED76" w14:textId="77777777" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01F3AD53" w14:textId="7369A07D" w:rsidR="00485477" w:rsidRPr="00B3651E" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t>Atvira matematikos pamoka „Kaip nustatyti daikto vietą plokštumoje?“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C4CFA60" w14:textId="363EDBB1" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4c klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="302E420B" w14:textId="247EDEA8" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>121 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79A872A4" w14:textId="3230A634" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Narkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00485477" w:rsidRPr="008B783F" w14:paraId="15A87846" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22554F21" w14:textId="7630DF8A" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DC966A0" w14:textId="4BFCA712" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7272E675" w14:textId="36A233C8" w:rsidR="00485477" w:rsidRPr="00B3651E" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t>Mero taurės krepšinio 3 x 3 varžybos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D000AA5" w14:textId="1E3306D0" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7–8 klasių mokinių komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45A52466" w14:textId="073FCA49" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Knašiaus krepšinio mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05A453A6" w14:textId="77777777" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kulvietytė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B722954" w14:textId="3CBBA48C" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t>K. Girskis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00485477" w:rsidRPr="008B783F" w14:paraId="28E2C0FF" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F726B93" w14:textId="26689030" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4395DFDC" w14:textId="147038F6" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pamokų metu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67B9E59E" w14:textId="3045FFB3" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t>Olimpiada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>„Mano gaublys“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61AAD169" w14:textId="3476919B" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">6–8 klasių </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7130A260" w14:textId="2CABFF1F" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>212 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71D23907" w14:textId="5D6715A9" w:rsidR="00485477" w:rsidRDefault="00485477" w:rsidP="00485477">
+            <w:r>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rapolavičienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="1CFBF85D" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="709632D8" w14:textId="59D5E941" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D297AF5" w14:textId="7E623FBF" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B5EF7D3" w14:textId="1A347A20" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>1b klasės mokinių tėvų, globėjų susirinkimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="155625EF" w14:textId="6A3DDB4A" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1b klasės mokinių tėvai, globėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24F9F1DB" w14:textId="62129287" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>120 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23C02298" w14:textId="7D8C2D6A" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gorskė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="4E096F7A" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="386EE0C6" w14:textId="6A9AE827" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10B1ECF7" w14:textId="53C92145" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14DC7BD3" w14:textId="660E2CA1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2C363A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Klaipėdos miesto mokinių technologijų olimpiada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A223D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69871B0D" w14:textId="48D31127" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8a klasės mokinė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F25B3E9" w14:textId="5312CA31" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A223D6">
+              <w:rPr>
+                <w:color w:val="2C363A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Klaipėdos Hermano Zudermano gimnazij</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2C363A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6473EAF4" w14:textId="43BCAC2B" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Sutkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="2E064B38" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AD80504" w14:textId="2526C66B" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C4542DF" w14:textId="5B96BA3B" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58232560" w14:textId="53603339" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="2C363A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>II-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>osios</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Lietuvos mokinių olimpiados ,,Mes – miškui, miškas – visiems“ atrankinis etapas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="575DAED6" w14:textId="0603615C" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5a, 5b klasių mokinių komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40093536" w14:textId="23C18254" w:rsidR="00522CDF" w:rsidRPr="00A223D6" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="2C363A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C4B40EB" w14:textId="4ABAC2BD" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D474A1" w:rsidRPr="008B783F" w14:paraId="6EF01D63" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34FAADD3" w14:textId="0CA4526F" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FEB4C1A" w14:textId="77777777" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50D329C2" w14:textId="24A7F666" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mugė „Guru </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>guru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> į Kaziuko mugę“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FF5C6AD" w14:textId="71F4AF50" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokyklos bendruomenė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22D3B477" w14:textId="5AE25DC3" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Koridoriai pirmame aukšte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E706A8A" w14:textId="77777777" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00D474A1">
+            <w:r>
+              <w:t>I. Norkienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EBEF600" w14:textId="072BF4E2" w:rsidR="00D474A1" w:rsidRDefault="00D474A1" w:rsidP="00D474A1">
+            <w:r>
+              <w:t>Tėvų klubas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF3152" w:rsidRPr="008B783F" w14:paraId="3C88F918" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CB1AD3C" w14:textId="6DC8DD71" w:rsidR="00CF3152" w:rsidRDefault="00CF3152" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="574FA3AC" w14:textId="73ECA0C4" w:rsidR="00CF3152" w:rsidRDefault="00CF3152" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2, 3, 4 pamoką</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2546E543" w14:textId="0217F0DF" w:rsidR="00CF3152" w:rsidRDefault="00CF3152" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Susitikimai su knygų autoriais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BD604C5" w14:textId="7E7F9942" w:rsidR="00CF3152" w:rsidRDefault="00CF3152" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C81D3B4" w14:textId="59B682ED" w:rsidR="00CF3152" w:rsidRDefault="00CF3152" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BA38DF0" w14:textId="59BC16FB" w:rsidR="00CF3152" w:rsidRDefault="00CF3152" w:rsidP="00D474A1">
+            <w:r>
+              <w:t>Tėvų klubas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="4D4A9252" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CF7C136" w14:textId="011C0A0E" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07BC01A6" w14:textId="335B2002" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="0017782A">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5297E64A" w14:textId="287B6FA5" w:rsidR="00522CDF" w:rsidRPr="00B3651E" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Klaipėdos miesto 8 klasių dorinio ugdymo (tikybos ir etikos) olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="286A8C6F" w14:textId="2276D80F" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8a, 8b, 8c mokinės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A9A5937" w14:textId="444B81BE" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos Vydūno gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FBD2064" w14:textId="1974F3DE" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">N. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talmontienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2E5D531F" w14:textId="5F905545" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>R. Juškaitė-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Norbutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="679B51E5" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="628F235F" w14:textId="7E19951F" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6–27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="284CD1B3" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26157FDE" w14:textId="367AB827" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="00083B6F">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Projektas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A010F4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>„Mano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A010F4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>raidelės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21D73833" w14:textId="7AB84DDE" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1b klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5893BA1E" w14:textId="60003A30" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>120 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3657F694" w14:textId="03C53D33" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gorskė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="49B0A2EC" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EFC64B8" w14:textId="0D8DBEB1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6, 13, 20, 27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33B0DD62" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2329B9DE" w14:textId="779C0107" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Akcijos skirtos stiprinti draugystę „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F2032">
+              <w:t>Draugystės spalvų mėnuo</w:t>
+            </w:r>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12CC3525" w14:textId="05FA0609" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F1F8876" w14:textId="5B6FB882" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokyklos erdvė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68063C33" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>D. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C2DD4D" w14:textId="52405CB9" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Mokinių taryba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="2D549172" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53956278" w14:textId="356D7BEA" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24EF6BB0" w14:textId="61F3A107" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10030D77" w14:textId="38CA0771" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">4 klasių </w:t>
+            </w:r>
+            <w:r>
+              <w:t>matematikos</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Nacionaliniai mokinių pasiekimų patikrinimai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60284F7E" w14:textId="66B9FE05" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="057E76A2" w14:textId="0852E6A1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elektroniniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F6655AC" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F99E0DE" w14:textId="43F1A79D" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivorienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D57E3" w:rsidRPr="008B783F" w14:paraId="61BD1019" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22FAEAF5" w14:textId="2D1F8805" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F148788" w14:textId="4EABDDA9" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21A02DAC" w14:textId="1467BAC9" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Mokinio padėjėjų metodinis susirinkimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1904DAFB" w14:textId="02EEF049" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokinio padėjėjai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A518B33" w14:textId="1DCBF9C6" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>244 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05F0FDED" w14:textId="77777777" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55561052" w14:textId="3835E7FF" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Medeikė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="25215479" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27AB2951" w14:textId="4F8ADC26" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C5CD467" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D2C7E2A" w14:textId="2ECAA1D2" w:rsidR="00522CDF" w:rsidRPr="007F3797" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="007F3797">
+              <w:t>Mokinių darbų</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ir knygų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3797">
+              <w:t xml:space="preserve"> paroda „</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Šviečianti Lietuva</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3797">
+              <w:t xml:space="preserve">“, skirta </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Lietuvos Nepriklausomybės dienai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F3797">
+              <w:t xml:space="preserve"> paminėti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404D544D" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71A7E290" w14:textId="4EF0DB5C" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>klas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005671B1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50ABB149" w14:textId="091C4AEA" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Biblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D72BB77" w14:textId="4F67DECD" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Sutkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558E9082" w14:textId="5EDB2F05" w:rsidR="00522CDF" w:rsidRPr="005671B1" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="005671B1">
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005671B1">
+              <w:t>Tilvikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="65BD2AD7" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="441EFD8A" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E3AA3FA" w14:textId="5376D8DA" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AB177B3" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1549EB9E" w14:textId="1169F4F2" w:rsidR="00522CDF" w:rsidRPr="007F3797" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Patyriminio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ugdymo diena, skirta Lietuvos Nepriklausomybės atkūrimo dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE0BADA" w14:textId="28E6A1E9" w:rsidR="00522CDF" w:rsidRPr="005671B1" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B6D2EB5" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26A5DD14" w14:textId="32DE31C0" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="581AB560" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D466362" w14:textId="11275EE1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="705F9EDC" w14:textId="2E6FA632" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F5E4C38" w14:textId="0C479872" w:rsidR="00522CDF" w:rsidRPr="007F3797" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Kovo 11-ajai skirtas koncertas „Mažos širdelės – didelė Lietuva</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>!”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F9EC234" w14:textId="31AFFD72" w:rsidR="00522CDF" w:rsidRPr="005671B1" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1–4 kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="088D3822" w14:textId="479AC273" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17228CEC" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>L. Grybauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2384F6BA" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">O. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Turauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFA11DD" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Levencova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A8C3264" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">D. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Budvytienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAF31EA" w14:textId="0F75D769" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>pradinių klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="3DFD8501" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F27D8BB" w14:textId="671A0109" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76B266C1" w14:textId="51477D12" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="0017782A">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="351CFEBD" w14:textId="70D9497F" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Edukacija Klaipėdos muzikiniame teatre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34655F9E" w14:textId="58EF1EB7" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2b klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30120AC3" w14:textId="2FF6BC30" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos muzikinis teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F33B6ED" w14:textId="279E3ABB" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>S. Gudavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="1440C012" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="615F8A49" w14:textId="65BBEAEC" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2948EC5C" w14:textId="753057B1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA05717" w14:textId="5AA11A15" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Žinių ir sporto olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B3A0D1C" w14:textId="733F9DB2" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D15B979" w14:textId="16848444" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos „Varpo“ gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="057929AF" w14:textId="74D2E2BE" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kulvietytė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="6C888CF0" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="283A8059" w14:textId="582A8AB4" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675A9D96" w14:textId="73180FAD" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A5C79BB" w14:textId="7D1E5C73" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="00682766">
+              <w:t>Klaipėdos miesto 8 klasių mokinių anglų kalbos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68B6C689" w14:textId="10CDAAAE" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46EB5A2C" w14:textId="3D199546" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> Klaipėdos Vitės progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="198083E3" w14:textId="6B1A92B8" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Z. Juškaitė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEF331C" w14:textId="72504CB1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>J. Vaišnorienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="6F562E2E" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6529A603" w14:textId="27BCD4C8" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09D2BA1A" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="743A3855" w14:textId="123BCC4F" w:rsidR="00522CDF" w:rsidRPr="00682766" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>,,Tvarumo akademijos“ nuotolinė pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="788FFA41" w14:textId="10D89AA9" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="468086AD" w14:textId="42847875" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BBB6673" w14:textId="60B1FAE4" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="5EE0860E" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="274AF012" w14:textId="58B79CD8" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00E8A767" w14:textId="77777777" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="786ACB1E" w14:textId="17090295" w:rsidR="00522CDF" w:rsidRPr="00682766" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="00DD40B4">
+              <w:rPr>
+                <w:color w:val="080809"/>
+              </w:rPr>
+              <w:t>Respublikinis projektas ,,Lietuva mano širdyje" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33FF40A7" w14:textId="4FB4C81F" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>Pradinių klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62600455" w14:textId="711E5724" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00522CDF">
+              <w:t>Elektroniniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18931D87" w14:textId="5142FB0F" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>Levencova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="1803A452" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22777E64" w14:textId="182F1252" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D38798D" w14:textId="60DE93ED" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A9C020B" w14:textId="55DDD785" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">Menų, fizinio lavinimo ir dorinio ugdymo metodinės grupės susirinkimas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E074873" w14:textId="3AA1DCCA" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Metodinės grupės nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68731F31" w14:textId="6E9FF231" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>233 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23809C94" w14:textId="5318ECB8" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>R. Juškaitė-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Norbutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="2F670803" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64479E86" w14:textId="296C8664" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A996CA6" w14:textId="1D09D859" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="0017782A">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AE9DA58" w14:textId="3274CA32" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>Klaipėdos miesto 5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>8 klasių mokinių matematikos olimpiad</w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="586A4B18" w14:textId="3BBB2A56" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00CFAB7E" w14:textId="6F861A93" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t> Klaipėdos Liudviko Stulpino progimnazij</w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06B6751D" w14:textId="1653F4E5" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Žvinklienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20B788D1" w14:textId="2DE6ABE4" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Levencova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F2B719" w14:textId="055D143C" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">O. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šalkauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522CDF" w:rsidRPr="008B783F" w14:paraId="0FD50373" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43E26077" w14:textId="53840F56" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E9B94EA" w14:textId="0C4D27B1" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11ACAD20" w14:textId="47A2DDFF" w:rsidR="00522CDF" w:rsidRPr="00BC1966" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t>Krepšinio turnyras 3 x 3 Lietuvos Nepriklausomybės atkūrimo dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="287A6F7B" w14:textId="385314F2" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00CC0A86">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C1386C4" w14:textId="231F318A" w:rsidR="00522CDF" w:rsidRPr="00BC1966" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos „Versmės“ progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1425F92E" w14:textId="7EBC2D68" w:rsidR="00522CDF" w:rsidRDefault="00522CDF" w:rsidP="00522CDF">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kulvietytė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="538143A3" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AE7C8D6" w14:textId="71EB8008" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="791063C6" w14:textId="729BB6B4" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04D09F51" w14:textId="5ABD04B6" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00E66B06">
+              <w:t>Miesto 8 klasių Prof. Stasio Vaitekūno geografijos olimpiada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="527C879E" w14:textId="206A948F" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E6BA426" w14:textId="33D1EEA4" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos Simono Dacho progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="528500EC" w14:textId="17BCE85D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00E66B06">
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E66B06">
+              <w:t>Rapolavičienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="315F9C5A" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B6F5DE" w14:textId="7E77F4DA" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AF93F23" w14:textId="2E0A1D55" w:rsidR="0017782A" w:rsidRPr="00DD40B4" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>15.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26031A3F" w14:textId="1C4C0008" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60129922" w14:textId="7CEA341C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00DD40B4">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 m. Lietuvos moksleivių dainų šventės </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kartu. Laiku. Ratu” šokių dienos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ratu, ratu” dalyvių </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>tranka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44899AAC" w14:textId="6E93403B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>okių kolektyvas ,,Siekis“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D025060" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="00DD40B4" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t xml:space="preserve">Klaipėdos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>Sendvario</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6DFF92D8" w14:textId="4CD23C4E" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00B16AEC" w14:textId="3860567A" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>Levencova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="6BF11FB1" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E095BFD" w14:textId="25116C70" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="081AC797" w14:textId="5359863F" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3 pamoka </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="066794B2" w14:textId="2C7FF5F4" w:rsidR="0017782A" w:rsidRPr="00E66B06" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Raštingiausio mokinio konkursas. Diktanto rašymas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EC023EA" w14:textId="440B6E07" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C2EAB23" w14:textId="0588DAF6" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Savo klasėse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E44CFBA" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Narkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65684377" w14:textId="60E213E5" w:rsidR="0017782A" w:rsidRPr="00E66B06" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>pradinių klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="398098A9" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="151FC8C5" w14:textId="4FD9FAFA" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16–20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F65DC18" w14:textId="787E32D7" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pamokų metu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01B97D35" w14:textId="1C716322" w:rsidR="0017782A" w:rsidRPr="00E66B06" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00E66B06">
+              <w:t>Savaitė, skirta pasaulinei Žemės dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="440510BA" w14:textId="7E9FF31B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5–8 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="115F8B70" w14:textId="5A5DDF74" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>205, 212, 235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35232528" w14:textId="593E6059" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20553BA9" w14:textId="490314D1" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Simutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DE965B" w14:textId="164271A4" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Rapolavičienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19750655" w14:textId="763AD59E" w:rsidR="0017782A" w:rsidRPr="00E66B06" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">R. Juškaitė - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Norbutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="46F4B2D3" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3778E690" w14:textId="5C3B31ED" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34320119" w14:textId="597E1D76" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D60ED4D" w14:textId="05D03BE9" w:rsidR="0017782A" w:rsidRPr="00E66B06" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> klasių lietuvių kalbos ir literatūros (skaitymo) Nacionaliniai mokinių pasiekimų patikrinimai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A7C9F48" w14:textId="44EA9D82" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69F74DD1" w14:textId="4D06609A" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elektroniniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08B4BF67" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F7141C3" w14:textId="191F8DFD" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivorienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="3A6B4DF7" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49276F2F" w14:textId="531D8C20" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08E13140" w14:textId="2F957806" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2  pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="422B0931" w14:textId="142A5433" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Raštingiausio mokinio konkursas „Gramatikos labirintuose“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="080C6556" w14:textId="36ECF016" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Po 2 1 ir 3 klasių  mokinius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E98411F" w14:textId="3AC34160" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>121 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12073AE6" w14:textId="6FAFE15B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Narkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="07ACFCE7" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A4B6893" w14:textId="2C155AF3" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19F7A80C" w14:textId="4A4ED91F" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4  pamoka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CF68344" w14:textId="4DEC579F" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Raštingiausio mokinio konkursas „Gramatikos labirintuose“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2816964E" w14:textId="7EEA5509" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Po 2 2 ir 4 klasių mokinius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0590F692" w14:textId="7ECD3825" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>121 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="254FF66A" w14:textId="21EFE9A4" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Narkienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="1C9BD54B" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59588EF1" w14:textId="392A2B5C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3570A3F2" w14:textId="21CE2AA9" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D4E4013" w14:textId="7D475EBF" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Klaipėdos miesto ir rajono 3 klasių mokinių anglų kalbos konkurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>heck</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF7A1D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>nglish“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DFCE57A" w14:textId="360ABEEC" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos miesto ir rajono 3 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69FC6B95" w14:textId="554B2F30" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>218 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13B8337C" w14:textId="405E1AE8" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>J. Vaišnorienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="1075FA34" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="060F2A72" w14:textId="753B0148" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EDC0799" w14:textId="73AD208A" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A1C2431" w14:textId="53C631DD" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>Klaipėdos miesto ir regiono bendrojo ugdymo mokyklų mokinių vokiečių kalbos raiškiojo skaitymo konkursas  „</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>Natur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>“</w:t>
+            </w:r>
+            <w:r>
+              <w:t>/„G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>amta</w:t>
+            </w:r>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A53AB4" w14:textId="7573BC21" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>8c klasės mokinė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21C9C922" w14:textId="74053DD0" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t xml:space="preserve">Klaipėdos </w:t>
+            </w:r>
+            <w:r>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>Baltijos</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">“ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5535EA9A" w14:textId="08215046" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>J.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF52E2">
+              <w:t>Žilienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D57E3" w:rsidRPr="008B783F" w14:paraId="612E5CCD" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C0E90DB" w14:textId="1D10730E" w:rsidR="007D57E3" w:rsidRPr="00EF52E2" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75D7D961" w14:textId="42E09248" w:rsidR="007D57E3" w:rsidRPr="00EF52E2" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pagal atskirą grafiką</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74BB4470" w14:textId="327184E6" w:rsidR="007D57E3" w:rsidRPr="00EF52E2" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Mokymai „Sensorinio kabineto panaudojimo galimybės“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F3D7399" w14:textId="225F8B7A" w:rsidR="007D57E3" w:rsidRPr="00EF52E2" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokytojai, mokinio padėjėjai, švietimo pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0388989E" w14:textId="0FC08657" w:rsidR="007D57E3" w:rsidRPr="00EF52E2" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>154 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="093EE572" w14:textId="77777777" w:rsidR="007D57E3" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Danilavičiūtė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A538552" w14:textId="32D43B9F" w:rsidR="007D57E3" w:rsidRPr="00EF52E2" w:rsidRDefault="007D57E3" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">M. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Šertvytis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="560EAF8D" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AD43D43" w14:textId="7A051D42" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B3ED85C" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04FEEA90" w14:textId="6EA7988B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Paroda „Mano knygutė“, skirta Knygnešio dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42793F13" w14:textId="724ED8CA" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokyklos bendruomenė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40758E8C" w14:textId="59EEB032" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Skaitykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="784E9454" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Tilvikienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B661E2" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">P. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kinčinienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78EA781B" w14:textId="038AD5AB" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>S. Kavolienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="008B783F" w14:paraId="4999724F" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="306FCF8E" w14:textId="29D05024" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>17–20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C7A52B4" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC399C0" w14:textId="379F2EB3" w:rsidR="0017782A" w:rsidRPr="00EF7A1D" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00801689">
+              <w:t xml:space="preserve">Respublikinė palaikymo, tolerancijos ir supratimo akcija ,,Bendrystės strėlė“, skirta paminėti Dauno sindromo dienai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00801689">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69EE0828" w14:textId="70CF56A7" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pradinių klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBBC337" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3C2566" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1238"/>
+              </w:tabs>
+              <w:ind w:left="30" w:hanging="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C11385">
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C11385">
+              <w:t>Sirutyt</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3D0946" w14:textId="6773A713" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>pradinių klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="1A1CB6A9" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="632E3EF1" w14:textId="3EB1C5BB" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00319140" w14:textId="44FB5E31" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="089DF4BB" w14:textId="2FECE0FA" w:rsidR="0017782A" w:rsidRPr="001B6731" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="001B6731">
+              <w:t xml:space="preserve">Edukacinė išvyka - pamoka radijo stotyje </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B6731">
+              <w:t>Lalūna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EC2716B" w14:textId="49203674" w:rsidR="0017782A" w:rsidRPr="00FF071E" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5b klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7485E2A9" w14:textId="50A1AFC0" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Klaipėdos radijo stotis </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Lalūna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F556551" w14:textId="0C8750DD" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">G. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ruškienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="5F46CD3E" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D7E2639" w14:textId="4D76AFDB" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B8D450E" w14:textId="084C1391" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43CB287C" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="001B6731" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="001B6731">
+              <w:t>Tarptautinis matematikos konkurso „Kengūra“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159EF6BE" w14:textId="4D0BEE23" w:rsidR="0017782A" w:rsidRPr="001B6731" w:rsidRDefault="0017782A" w:rsidP="0017782A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E6C8389" w14:textId="6F039895" w:rsidR="0017782A" w:rsidRPr="00FF071E" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2–8 klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73FECE32" w14:textId="78018EA7" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2404CFD5" w14:textId="6ECA86B0" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivorienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67A5F30C" w14:textId="40B73953" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>matematikos ir</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1139538C" w14:textId="6469F6F0" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>pradinių klasių mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="0FDE31E3" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A8EAAD5" w14:textId="78BE45AD" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E3C91A1" w14:textId="27733CB8" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74ABCF09" w14:textId="314173CC" w:rsidR="0017782A" w:rsidRPr="001B6731" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Aplinkosauginė konferencija „Įdomioji ekologija“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E328EB7" w14:textId="3DA99D37" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="749A0BD2" w14:textId="24196162" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elektroninėje erdvėje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54C4758B" w14:textId="7650AF13" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="4A407CF2" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47F92B56" w14:textId="79EB2AF8" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D006EF7" w14:textId="6D6570DA" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02DC088B" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>XI-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>asis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Respublikinis liaudiškos dainos ir šokio festivalis ,,Vyturio giesmė - 2026“ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ADC2B6" w14:textId="1D49493E" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22DF5D10" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Š</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>okių kolektyvas ,,Siekis“</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291396D0" w14:textId="117DA285" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8D631B" w14:textId="10A1C011" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>Klaipėdos ,,Vyturio“ progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69964CBD" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD40B4">
+              <w:t>Levencova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E1FEFD5" w14:textId="6E446446" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">O. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Turauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="2C21E957" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05EB5494" w14:textId="307977BD" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301857AE" w14:textId="3EF36148" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30E8849B" w14:textId="19E7D5E9" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Miesto</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>klasių mokinių</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>konkursas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>„Jaunieji</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Klaipėdos istorijos žinovai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6333F257" w14:textId="6E05FB72" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AE4F11C" w14:textId="3BD49425" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos pilies muziejus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C02A288" w14:textId="7D8A7AA5" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="14AD0E76" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6750D135" w14:textId="12E7AE09" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2276C595" w14:textId="71713E31" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">9.00 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4186AB1D" w14:textId="3E51BE0E" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Val.</w:t>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Žemės dienos minėjimas „Žemė mūsų namai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="665F4409" w14:textId="02B4AD6B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–4 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FC1F890" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EB9C7E5" w14:textId="686D9246" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>S. Gudavičienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F69B0B5" w14:textId="28366A0B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>J. Ramanauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="46D7DE68" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44C7F3A3" w14:textId="181DFE4E" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45DA88CF" w14:textId="2D7C4487" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>11.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
-          </w:tcPr>
-[...30 lines deleted...]
-              <w:t>Dalyviai</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29956DAC" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pamoka – STEAM veikla ,,Saugok mūsų planetą“, skirta pasaulinei Žemės dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBF49CF" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="247F7786" w14:textId="0FE5EEB6" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5  klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-          </w:tcPr>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="491903C1" w14:textId="7E25DCE6" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D98652F" w14:textId="03037598" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB1E62B" w14:textId="36C2F88C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>R. Juškaitė-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Norbutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080182F" w:rsidRPr="005671B1" w14:paraId="4C9D0A39" w14:textId="77777777" w:rsidTr="005671B1">
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="1331ABFC" w14:textId="77777777" w:rsidTr="00F72C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BB74686" w14:textId="3094CFFA" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
-[...24 lines deleted...]
-          <w:p w14:paraId="411973AC" w14:textId="792419BE" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
+          <w:p w14:paraId="2F144CC6" w14:textId="6B1EB5DB" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38D21063" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08776408" w14:textId="4E4F87EA" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
-[...26 lines deleted...]
-              <w:t>8 klasių mokiniai</w:t>
+          <w:p w14:paraId="6DCB723D" w14:textId="5C82D5A8" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>Pamokos, skirtos pasaulinei Žemės dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30EA8AEB" w14:textId="3AEA9719" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>5–8 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64AFC0DA" w14:textId="11523668" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="30E01D7B" w14:textId="596A4D70" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20D7D5CC" w14:textId="54B37EC9" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080182F" w:rsidRPr="005671B1" w14:paraId="0BB5C516" w14:textId="77777777" w:rsidTr="005671B1">
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="7C4F3782" w14:textId="77777777" w:rsidTr="00F72C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A35F962" w14:textId="184CF7F4" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005671B1">
+          <w:p w14:paraId="4CDB8B72" w14:textId="15103004" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>2</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D817141" w14:textId="2990CE2A" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9.00</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2092B0D0" w14:textId="0C426072" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
-[...41 lines deleted...]
-              <w:t>6 klasių mokiniai</w:t>
+          <w:p w14:paraId="09E2801E" w14:textId="6168673A" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> klasių </w:t>
+            </w:r>
+            <w:r>
+              <w:t>matematikos</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Nacionaliniai mokinių pasiekimų patikrinimai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5159A689" w14:textId="4E32DF91" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="316D282B" w14:textId="3DF7269F" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="0080182F">
-[...61 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7756B2FA" w14:textId="395DA630" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elektroniniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58BD608B" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="541D1F86" w14:textId="742D9DEB" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivorienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001513CF" w:rsidRPr="005671B1" w14:paraId="1691099F" w14:textId="77777777" w:rsidTr="005671B1">
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="4F8C6FA6" w14:textId="77777777" w:rsidTr="00F72C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B0D7685" w14:textId="552AE650" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
-[...23 lines deleted...]
-              <w:t>17.30</w:t>
+          <w:p w14:paraId="5D288A5D" w14:textId="61FA74B4" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00024DC4">
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7751058C" w14:textId="4178D25D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pagal atskirą planą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C131600" w14:textId="2611F5CF" w:rsidR="001513CF" w:rsidRPr="005671B1" w:rsidRDefault="001513CF" w:rsidP="0080182F">
-[...1615 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7A4EBE0C" w14:textId="32CAA2F7" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Patyriminio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ugdymo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C5717">
+              <w:t>diena „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C5717">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Klaipėdos miesto 4 klasių mokinių anglų kalbos konkursas „Best in English“</w:t>
-[...23 lines deleted...]
-              <w:t>4 klasių mokiniai</w:t>
+              <w:t>Stebėtinu keliu patinka Tau, Viešpatie, mane vesti“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39DDCBAB" w14:textId="2D336EBB" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1–8 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53ADEA12" w14:textId="2FC724DD" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
-[...43 lines deleted...]
-              <w:t>S. Gudavičienė</w:t>
+          <w:p w14:paraId="0CDB3BF6" w14:textId="41E5B492" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Įvairiose mokyklos erdvėse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C766368" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>S. Kavolienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1262F582" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>V. Juškienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E684B71" w14:textId="7501E60D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">N. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Talmontienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6964CAEA" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Budreckas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="519801DE" w14:textId="5F0982E3" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Klasių vadovai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="5F20EE3F" w14:textId="77777777" w:rsidTr="005671B1">
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="1E1E6841" w14:textId="77777777" w:rsidTr="00F72C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="253D9202" w14:textId="603FC761" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
-[...23 lines deleted...]
-              <w:t>7 pamoka</w:t>
+          <w:p w14:paraId="2F6960FC" w14:textId="297FCE2E" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78BA7777" w14:textId="705FBE9F" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>12.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01FFA43E" w14:textId="2BB8A8FE" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
-[...244 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="2485FADB" w14:textId="3F176621" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
               <w:rPr>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...3944 lines deleted...]
-            <w:r>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B35CA">
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005671B1">
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEAM varžybos </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B35CA">
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005671B1">
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>STEAM iššūkis: oras, vanduo, žemė</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F56951" w14:textId="0DA11C4E" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
+              <w:t>5 klasių komanda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BD62662" w14:textId="2A559ACC" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008B35CA">
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005671B1">
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>Moksleivių saviraiškos centras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="418B7543" w14:textId="2CA38713" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="24FF2D61" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E9D1857" w14:textId="3C10F47C" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BBB8B90" w14:textId="717FFF8D" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34E5D181" w14:textId="567BC180" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atvira gamtos mokslų STEAM pamoka ,,Tirpalų grupės“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FA3128F" w14:textId="64BB4050" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E0BE9D7" w14:textId="7E9F1DB7" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A16BA8B" w14:textId="394401D2" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="0A234332" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35873986" w14:textId="5F19C498" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FB6A1DF" w14:textId="7A97DA4D" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C6CB9D5" w14:textId="2E9EA912" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Klaipėdos miesto mokyklų 3 klasių anglų kalbos konkursas „Velykų džiaugsmas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="322207B5" w14:textId="17C8DD00" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E8E70BC" w14:textId="0FD30B17" w:rsidR="0017782A" w:rsidRPr="008B35CA" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:color w:val="333333"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>218 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E5D2CC6" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Gainienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1987CF2A" w14:textId="478B8358" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>J. Vaišnorienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="3E6E5E64" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D36CCF3" w14:textId="7AA7459B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 25 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A617314" w14:textId="7E264D88" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">13.30 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="278886DB" w14:textId="1E794EEC" w:rsidR="0017782A" w:rsidRPr="00682766" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:pStyle w:val="prastasiniatinklio"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="4"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Klaipėdos miesto ir apskrities 8 klasių mokinių anglų kalbos viešojo kalbėjimo konkursas „</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Is</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>saying</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> „</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>No</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve">“ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>an</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>important</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>life</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>skill</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>?“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BAA4910" w14:textId="2ED57898" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>8 klasi</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ų mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EC1CBEC" w14:textId="4E803649" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BB8DFCC" w14:textId="27AF6AE8" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Z. Juškaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="26CB316D" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72580D1E" w14:textId="0944F1DE" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36FC334E" w14:textId="6245C751" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04491779" w14:textId="6744FD94" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>atematikos konkurs</w:t>
+            </w:r>
+            <w:r>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F6E1F">
+              <w:t>„Gudručiai</w:t>
+            </w:r>
+            <w:r>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03163229" w14:textId="714487E0" w:rsidR="0017782A" w:rsidRPr="00FF071E" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>–7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t xml:space="preserve"> kl</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">asių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="058F0107" w14:textId="1EC98B83" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>Klaipėdos moksleivių saviraiškos centr</w:t>
+            </w:r>
+            <w:r>
+              <w:t>as</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34F9F243" w14:textId="6D1D94B5" w:rsidR="0017782A" w:rsidRPr="00BC1966" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>Žvinklienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A270A83" w14:textId="22DED92B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BC1966">
+              <w:t>Levencova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="52F0DB36" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E36672C" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6368A306" w14:textId="6DBBFF4B" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="404314FE" w14:textId="22148DC8" w:rsidR="0017782A" w:rsidRPr="00092D52" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="688918C1" w14:textId="703F1C0E" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Savipagalbos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> grupė 5–8 klasių vadovams „Pasitarkime“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E87A510" w14:textId="49A2C3B7" w:rsidR="0017782A" w:rsidRPr="00FF071E" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5–8 klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64D447CD" w14:textId="2217DEDB" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ED38061" w14:textId="08CD4B1B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="217271B5" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FC95422" w14:textId="4D8CE8F1" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39AD5AB1" w14:textId="31D13A4C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A7D16EF" w14:textId="42B639CB" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Lietuvos moksleivių dainų šventės „Laiku ratu kartu“ chorų perklausa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BE5B879" w14:textId="63D405D3" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Jaunučių choras „Bangelė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E2D824" w14:textId="57F04AC4" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Klaipėdos Vydūno gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3871163F" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>L. Grybauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="656F4EF1" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>S. Šiaučiulis,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="778AC347" w14:textId="12CC34EF" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>1a, 1c, 2c, 4a ir 4c klasių mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="59E782D8" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70027A22" w14:textId="31BD250D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A145FD7" w14:textId="5C2C5C3D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2, 3, 4 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AAD8DC0" w14:textId="767D1E4A" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t xml:space="preserve">Susitikimas su rašytoja Viktorija </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Butautis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>, knygos  „Magnetinė sala“ pristatymas ir edukacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F23E601" w14:textId="2D1DACAB" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3–5 klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F3B7361" w14:textId="65C8C39C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66C620DC" w14:textId="365E3DBC" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Tėvų klubas, Sandra Kavolienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="00FF071E" w14:paraId="3638BC2F" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="546D5E28" w14:textId="23393764" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02C1F8D4" w14:textId="650EB3B8" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66739DC0" w14:textId="0011831F" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C2A12">
+              <w:t>Nacionalinis geografijos Č. Kudabos konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C77CC8E" w14:textId="6E08601E" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C2A12">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="005671B1">
-[...15 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r w:rsidRPr="009C2A12">
+              <w:t>8 klasių</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AEF5375" w14:textId="3D2AC9C1" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001405D0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vilniaus universiteto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001405D0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Geomokslų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001405D0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> institut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
-            <w:r w:rsidRPr="005671B1">
-[...42 lines deleted...]
-          <w:p w14:paraId="0BEA8AF9" w14:textId="114C624C" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A616A52" w14:textId="2D8ACD6D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E66B06">
+              <w:t xml:space="preserve">R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E66B06">
+              <w:t>Rapolavičienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="178D02FA" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31DB88CD" w14:textId="68F465B7" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005671B1">
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r>
+              <w:t>Su klasės vadove suderintas laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E1BED93" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2075F6B9" w14:textId="02EEFBE5" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Prevencinė pamoka draugystei stiprinti „Draugystė – klasės jėga!“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6886D445" w14:textId="5C339071" w:rsidR="0017782A" w:rsidRPr="00162CC1" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5c, 6a, 6b, 6c  klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="178A5CB2" w14:textId="762F4BC1" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Klasių vadovų kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3212D548" w14:textId="3C2BC6ED" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF4528">
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="4BC01812" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34133E25" w14:textId="2DB193C2" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Su mokiniais suderintas laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6143EC8D" w14:textId="107E3220" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Su mokiniais suderintas laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5455B563" w14:textId="0F7A1930" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Specialiųjų ugdymosi poreikių mokiniams individualios konsultacijos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05D6D8A2" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E41788C" w14:textId="7AD79EEC" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>SUP 5–8  klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50BA6774" w14:textId="1C705A5C" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A1FA9C1" w14:textId="1D473A70" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="088C869F" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5099AB4F" w14:textId="5B372658" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Pirmadieniais,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="236844E8" w14:textId="490653DE" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ketvirtadieniais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70AF1551" w14:textId="45A7DAC6" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10.55,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72282E01" w14:textId="7C2393A5" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A79BF46" w14:textId="7A0FFEB1" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokinių tarybos susirinkimai, veiklų planavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BAB8AE9" w14:textId="742B3E73" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5–8 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FE23957" w14:textId="2ED8A79F" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+          <w:p w14:paraId="7EFD0C78" w14:textId="16F47053" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-          <w:p w14:paraId="64BE9200" w14:textId="17B35446" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>207 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A85E024" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>D. Grigienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD4534D" w14:textId="3CF4A390" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005671B1">
-              <w:t>V. Kerdokienė</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mokinių taryba</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481243" w:rsidRPr="005671B1" w14:paraId="4F7DA53D" w14:textId="77777777" w:rsidTr="005671B1">
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="0E1FC845" w14:textId="77777777" w:rsidTr="00F72C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0786FF24" w14:textId="01249C43" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+          <w:p w14:paraId="40481349" w14:textId="38FDCD6E" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005671B1">
+            <w:r w:rsidRPr="00682766">
               <w:t xml:space="preserve">Visą mėnesį </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="60F6AC57" w14:textId="7C9F4E48" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2818BBB3" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="723E8282" w14:textId="718000AF" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+          <w:p w14:paraId="57E5963F" w14:textId="3A07BC23" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005671B1">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> Erasmus+  tarptautinių projektų  paraiškų rengimas ir pateikimas EK finansavimui gauti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DC1CF06" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F2FCE61" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61ABC4AB" w14:textId="62E05B09" w:rsidR="0017782A" w:rsidRPr="00682766" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00682766">
+              <w:t>J.</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005671B1">
+            <w:r w:rsidRPr="00682766">
+              <w:t>Grigienė</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580D37BA" w14:textId="5411530B" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Kerdokienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="11321062" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7452AF8B" w14:textId="6E025660" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23255558" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB89709" w14:textId="4E3D9C26" w:rsidR="0017782A" w:rsidRPr="00682766" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00682766">
+              <w:t>Respublikinis (nuotolinis) 5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
+              <w:t>6 klasių mokinių</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46871F58" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="00682766" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="00682766">
+              <w:t>anglų kalbos vaizdo įrašo konkursas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A47CF88" w14:textId="264F68F7" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve">„Anglų kalba realiame gyvenime“ (English </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>real</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>life</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FF187F2" w14:textId="6DABB349" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682766">
               <w:t>kl</w:t>
             </w:r>
             <w:r>
               <w:t>asių</w:t>
             </w:r>
-            <w:r w:rsidRPr="005671B1">
-[...53 lines deleted...]
-          <w:p w14:paraId="6321AD8F" w14:textId="1EC99C71" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FF92C33" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005671B1">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25217FD7" w14:textId="7145966C" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682766">
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00682766">
+              <w:t>Kerdokienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="6683A7C9" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48AB38B2" w14:textId="2BDD497F" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BAAEE3C" w14:textId="77777777" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17827161" w14:textId="63595F1B" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Lietuvos aplinkosauginis konkursas ,,Žalioji odisėja“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02445A34" w14:textId="7DF802D3" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="134526B4" w14:textId="53B18AA4" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>235 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D20A931" w14:textId="2E915842" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">J. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kačinskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EEA8881" w14:textId="18F39C58" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>R. Juškaitė-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Norbutienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="230A7084" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0140D976" w14:textId="46F57764" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FE33DDD" w14:textId="6EFB7BF3" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC91164" w14:textId="51F213F0" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r w:rsidRPr="001C1405">
+              <w:t>Respublikinis 1–4 klasių mokinių integruotas informacinių technologijų, dailės ir muzikos projektas „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A14EA">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Švenčiu Lietuvą</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C1405">
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BAD00F5" w14:textId="4EF3CB82" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1a klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="270A8E13" w14:textId="79D31496" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>226 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31C9C0F2" w14:textId="0C15F93A" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>L. Grybauskienė</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF924ED" w14:textId="23FBC088" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>I. Norkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="76882384" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7899D6AC" w14:textId="5DAD15DE" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40CD830A" w14:textId="0375DBD1" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2728E888" w14:textId="4F7A9622" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001C1405">
+              <w:t xml:space="preserve">III respublikinis 1 - 8 klasių mokinių virtualus muzikos projektas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>„Mano klasės orkestras“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="676D7156" w14:textId="579D8356" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1c klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CA1D877" w14:textId="50C44D30" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>226 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15D20734" w14:textId="77777777" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>L. Grybauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17FA4079" w14:textId="356B046C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kazakauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="3B7D479B" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A398E4A" w14:textId="68324445" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D14800E" w14:textId="18E4CAC6" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36816464" w14:textId="6B71EFC5" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Paroda „ Knygos viršelis, kurio dar nėra“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CF518DC" w14:textId="0D083734" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mokyklos bendruomenė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01C7832C" w14:textId="6831DE96" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Koridoriuje prie koplyčios</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DFFDAE4" w14:textId="6EFEF98C" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>R. Steponavičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017782A" w:rsidRPr="006F3590" w14:paraId="7DBEEAA6" w14:textId="77777777" w:rsidTr="00F72C77">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26D78CB6" w14:textId="5AC4F5CC" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Visą mėnesį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="363DE3FB" w14:textId="06C1C08C" w:rsidR="0017782A" w:rsidRPr="005B0A8B" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F5FE10E" w14:textId="2385ED3D" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:r>
+              <w:t>Namų darbų krūvio tyrimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C49E43A" w14:textId="4A348483" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>5–8 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E0C3C5D" w14:textId="4F96F070" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
-[...435 lines deleted...]
-          <w:p w14:paraId="5B0E1018" w14:textId="19013C34" w:rsidR="00481243" w:rsidRPr="005671B1" w:rsidRDefault="00481243" w:rsidP="00481243">
+          <w:p w14:paraId="59C54E93" w14:textId="7D18BFB9" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Elektroniniu būdu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01643E83" w14:textId="5C57331B" w:rsidR="0017782A" w:rsidRDefault="0017782A" w:rsidP="0017782A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="005671B1">
-[...335 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivorienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E41B2B6" w14:textId="162379D9" w:rsidR="0080182F" w:rsidRPr="005671B1" w:rsidRDefault="0080182F" w:rsidP="006B147C">
-[...12 lines deleted...]
-    <w:p w14:paraId="6A063865" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="006B147C">
+    <w:p w14:paraId="0E41B2B6" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="006B147C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7195B90D" w14:textId="77777777" w:rsidR="000025DA" w:rsidRPr="005671B1" w:rsidRDefault="000025DA" w:rsidP="006B147C">
-[...7 lines deleted...]
-    <w:p w14:paraId="7B5E1913" w14:textId="71E3DBF5" w:rsidR="00B24BFA" w:rsidRPr="00481243" w:rsidRDefault="00481243" w:rsidP="006B147C">
+    <w:p w14:paraId="7195B90D" w14:textId="6D04AD39" w:rsidR="000025DA" w:rsidRPr="005027F2" w:rsidRDefault="007A5588" w:rsidP="006B147C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00481243">
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Direktoriaus pavaduotoja ugdymui </w:t>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2" w:rsidRPr="005027F2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Direktoriaus pavaduotoja ugdymui</w:t>
+      </w:r>
+      <w:r w:rsidR="005027F2" w:rsidRPr="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2" w:rsidRPr="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2" w:rsidRPr="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2" w:rsidRPr="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                 </w:t>
+        <w:t xml:space="preserve">                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00481243">
+      <w:r w:rsidR="005027F2" w:rsidRPr="005027F2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Sandra Kavolienė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6717DBFB" w14:textId="77777777" w:rsidR="000025DA" w:rsidRPr="005671B1" w:rsidRDefault="000025DA" w:rsidP="006B147C">
+    <w:p w14:paraId="7B5E1913" w14:textId="77777777" w:rsidR="00B24BFA" w:rsidRDefault="00B24BFA" w:rsidP="006B147C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="734AC2BB" w14:textId="77777777" w:rsidR="000025DA" w:rsidRPr="005671B1" w:rsidRDefault="000025DA" w:rsidP="006B147C">
+    <w:p w14:paraId="6717DBFB" w14:textId="77777777" w:rsidR="000025DA" w:rsidRDefault="000025DA" w:rsidP="006B147C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0971967C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00BF12E2" w:rsidRPr="005671B1" w:rsidSect="00275FA8">
+    <w:p w14:paraId="734AC2BB" w14:textId="77777777" w:rsidR="000025DA" w:rsidRDefault="000025DA" w:rsidP="006B147C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0971967C" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
+    <w:p w14:paraId="30192B80" w14:textId="77777777" w:rsidR="003B1FC0" w:rsidRDefault="003B1FC0" w:rsidP="00BF12E2"/>
+    <w:p w14:paraId="65A6C685" w14:textId="32B1C1D5" w:rsidR="00BF12E2" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
+    <w:p w14:paraId="4A1AD45A" w14:textId="77777777" w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidRDefault="00BF12E2" w:rsidP="00BF12E2"/>
+    <w:sectPr w:rsidR="00BF12E2" w:rsidRPr="006F3590" w:rsidSect="00275FA8">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="539" w:bottom="567" w:left="426" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="074B7269"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4062C50"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -7933,139 +10403,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="148554C0"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="286D14CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55F274FA"/>
     <w:lvl w:ilvl="0" w:tplc="B158FAA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -8101,50 +10482,139 @@
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C935D07"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9EC604C"/>
+    <w:lvl w:ilvl="0" w:tplc="CD860268">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55CD6068"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E17E5D44"/>
     <w:lvl w:ilvl="0" w:tplc="5A3C4B50">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
@@ -8471,240 +10941,258 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2108042602">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1204710911">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1971592779">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="350188138">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1136869786">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1075854891">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="880095752">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="7" w16cid:durableId="1125390810">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="160"/>
   <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF12E2"/>
     <w:rsid w:val="000025DA"/>
-    <w:rsid w:val="00015C30"/>
+    <w:rsid w:val="00024DC4"/>
     <w:rsid w:val="00034B82"/>
     <w:rsid w:val="0004348D"/>
     <w:rsid w:val="0004562D"/>
     <w:rsid w:val="00063B80"/>
     <w:rsid w:val="00070D49"/>
     <w:rsid w:val="000716FE"/>
     <w:rsid w:val="00092D52"/>
     <w:rsid w:val="0009467E"/>
-    <w:rsid w:val="000E2482"/>
     <w:rsid w:val="000E4785"/>
     <w:rsid w:val="000F05AD"/>
     <w:rsid w:val="00135AFF"/>
-    <w:rsid w:val="001513CF"/>
+    <w:rsid w:val="00140652"/>
+    <w:rsid w:val="00162CC1"/>
     <w:rsid w:val="001729AA"/>
+    <w:rsid w:val="0017782A"/>
+    <w:rsid w:val="00196683"/>
+    <w:rsid w:val="001A11E3"/>
+    <w:rsid w:val="001A3DF7"/>
     <w:rsid w:val="001A5163"/>
+    <w:rsid w:val="001B6731"/>
     <w:rsid w:val="001B77CA"/>
+    <w:rsid w:val="001D28CD"/>
+    <w:rsid w:val="001D2B5D"/>
+    <w:rsid w:val="001D376E"/>
     <w:rsid w:val="001D7F3B"/>
-    <w:rsid w:val="001E1C57"/>
     <w:rsid w:val="001F2F40"/>
-    <w:rsid w:val="001F4749"/>
     <w:rsid w:val="002019FC"/>
-    <w:rsid w:val="00216C12"/>
     <w:rsid w:val="002508EB"/>
     <w:rsid w:val="00275FA8"/>
     <w:rsid w:val="00295684"/>
-    <w:rsid w:val="002A4F82"/>
-    <w:rsid w:val="002C07FA"/>
     <w:rsid w:val="002E16D4"/>
     <w:rsid w:val="002E7644"/>
+    <w:rsid w:val="002F4670"/>
     <w:rsid w:val="002F6229"/>
     <w:rsid w:val="002F6E7C"/>
     <w:rsid w:val="00300AEE"/>
     <w:rsid w:val="00302386"/>
     <w:rsid w:val="003223B8"/>
     <w:rsid w:val="00323C46"/>
     <w:rsid w:val="003519C5"/>
     <w:rsid w:val="00352CED"/>
     <w:rsid w:val="0035424B"/>
     <w:rsid w:val="00361773"/>
-    <w:rsid w:val="0038180C"/>
+    <w:rsid w:val="00383E25"/>
     <w:rsid w:val="00386529"/>
     <w:rsid w:val="00392000"/>
     <w:rsid w:val="00394C36"/>
     <w:rsid w:val="003964E8"/>
     <w:rsid w:val="003A626F"/>
+    <w:rsid w:val="003A7179"/>
     <w:rsid w:val="003B1FC0"/>
     <w:rsid w:val="00455169"/>
-    <w:rsid w:val="00481243"/>
     <w:rsid w:val="004851A1"/>
-    <w:rsid w:val="004A4247"/>
-    <w:rsid w:val="004B1873"/>
+    <w:rsid w:val="00485477"/>
+    <w:rsid w:val="004956B2"/>
+    <w:rsid w:val="004970DE"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004F5F4C"/>
+    <w:rsid w:val="005027F2"/>
+    <w:rsid w:val="00522CDF"/>
     <w:rsid w:val="00527F79"/>
-    <w:rsid w:val="00541709"/>
     <w:rsid w:val="00561031"/>
-    <w:rsid w:val="005671B1"/>
+    <w:rsid w:val="005621CC"/>
     <w:rsid w:val="00570246"/>
+    <w:rsid w:val="0059120E"/>
     <w:rsid w:val="005A0DDF"/>
+    <w:rsid w:val="005A451B"/>
     <w:rsid w:val="005A767F"/>
     <w:rsid w:val="005B0A8B"/>
-    <w:rsid w:val="005C4342"/>
+    <w:rsid w:val="005B2D64"/>
     <w:rsid w:val="005E044E"/>
     <w:rsid w:val="005F2F1C"/>
     <w:rsid w:val="006031DC"/>
-    <w:rsid w:val="00653725"/>
-    <w:rsid w:val="00664A23"/>
+    <w:rsid w:val="00624747"/>
     <w:rsid w:val="00680529"/>
     <w:rsid w:val="0068366F"/>
     <w:rsid w:val="00687D0C"/>
-    <w:rsid w:val="00695770"/>
+    <w:rsid w:val="00690978"/>
     <w:rsid w:val="006B147C"/>
-    <w:rsid w:val="006D2845"/>
+    <w:rsid w:val="006C5717"/>
+    <w:rsid w:val="006D60A2"/>
     <w:rsid w:val="006F5CB4"/>
     <w:rsid w:val="0070142C"/>
     <w:rsid w:val="007106B5"/>
     <w:rsid w:val="0072568B"/>
-    <w:rsid w:val="007511D5"/>
     <w:rsid w:val="00755199"/>
     <w:rsid w:val="00766426"/>
     <w:rsid w:val="007872C3"/>
-    <w:rsid w:val="007A0FFC"/>
+    <w:rsid w:val="0079026B"/>
+    <w:rsid w:val="007A5588"/>
     <w:rsid w:val="007B0995"/>
+    <w:rsid w:val="007C24C4"/>
+    <w:rsid w:val="007D57E3"/>
+    <w:rsid w:val="007D6439"/>
     <w:rsid w:val="007D7759"/>
     <w:rsid w:val="007E5B7B"/>
     <w:rsid w:val="007F519F"/>
-    <w:rsid w:val="00801011"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00834E4C"/>
+    <w:rsid w:val="007F6E1F"/>
     <w:rsid w:val="008410AE"/>
     <w:rsid w:val="008418CC"/>
-    <w:rsid w:val="00872EAA"/>
     <w:rsid w:val="008766F1"/>
-    <w:rsid w:val="00877820"/>
     <w:rsid w:val="00886E45"/>
+    <w:rsid w:val="0089546A"/>
     <w:rsid w:val="008A4F12"/>
+    <w:rsid w:val="008B35CA"/>
+    <w:rsid w:val="008B7013"/>
+    <w:rsid w:val="008B783F"/>
     <w:rsid w:val="008C36F3"/>
     <w:rsid w:val="008D299D"/>
-    <w:rsid w:val="009004F5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009D42AF"/>
+    <w:rsid w:val="00952575"/>
     <w:rsid w:val="009F6A0F"/>
     <w:rsid w:val="00A20466"/>
     <w:rsid w:val="00AA6B74"/>
-    <w:rsid w:val="00AC37DA"/>
+    <w:rsid w:val="00AB14EB"/>
     <w:rsid w:val="00AC59C4"/>
     <w:rsid w:val="00AE22E0"/>
+    <w:rsid w:val="00AF2B4B"/>
     <w:rsid w:val="00B17DB2"/>
     <w:rsid w:val="00B21046"/>
-    <w:rsid w:val="00B22C6D"/>
     <w:rsid w:val="00B24BFA"/>
+    <w:rsid w:val="00BA062A"/>
     <w:rsid w:val="00BB3A59"/>
-    <w:rsid w:val="00BE4103"/>
     <w:rsid w:val="00BF12E2"/>
+    <w:rsid w:val="00BF721D"/>
     <w:rsid w:val="00C21859"/>
     <w:rsid w:val="00C5404E"/>
+    <w:rsid w:val="00C54CDD"/>
     <w:rsid w:val="00C56632"/>
     <w:rsid w:val="00C622D1"/>
     <w:rsid w:val="00C765D4"/>
-    <w:rsid w:val="00CB4320"/>
+    <w:rsid w:val="00C87D08"/>
+    <w:rsid w:val="00C968E6"/>
     <w:rsid w:val="00CB6185"/>
+    <w:rsid w:val="00CC0A86"/>
+    <w:rsid w:val="00CF3152"/>
     <w:rsid w:val="00CF598A"/>
     <w:rsid w:val="00D005A1"/>
     <w:rsid w:val="00D01555"/>
-    <w:rsid w:val="00D01CF0"/>
     <w:rsid w:val="00D35DFB"/>
     <w:rsid w:val="00D36858"/>
     <w:rsid w:val="00D4042C"/>
     <w:rsid w:val="00D4055E"/>
+    <w:rsid w:val="00D474A1"/>
+    <w:rsid w:val="00D55893"/>
+    <w:rsid w:val="00DC5BF0"/>
     <w:rsid w:val="00E21ACC"/>
     <w:rsid w:val="00E65A71"/>
     <w:rsid w:val="00E70D40"/>
     <w:rsid w:val="00E87755"/>
+    <w:rsid w:val="00EA3F36"/>
     <w:rsid w:val="00EB4BA7"/>
     <w:rsid w:val="00EC02A7"/>
     <w:rsid w:val="00ED6B14"/>
     <w:rsid w:val="00EE193D"/>
     <w:rsid w:val="00EE2522"/>
     <w:rsid w:val="00EF3224"/>
     <w:rsid w:val="00EF7971"/>
+    <w:rsid w:val="00F0385A"/>
     <w:rsid w:val="00F2274C"/>
     <w:rsid w:val="00F27678"/>
     <w:rsid w:val="00F3194C"/>
-    <w:rsid w:val="00F60E51"/>
     <w:rsid w:val="00F62949"/>
+    <w:rsid w:val="00F72C77"/>
     <w:rsid w:val="00F80F70"/>
     <w:rsid w:val="00F94E3C"/>
     <w:rsid w:val="00F96EC4"/>
     <w:rsid w:val="00FB05E3"/>
+    <w:rsid w:val="00FE20AC"/>
     <w:rsid w:val="00FF071E"/>
     <w:rsid w:val="00FF4374"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -9219,75 +11707,56 @@
     <w:rsid w:val="00C56632"/>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00F3194C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F3194C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-[...16 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001E1C57"/>
+    <w:rsid w:val="008B35CA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1288509174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
@@ -9583,74 +12052,74 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA458E3D-0CCF-463E-93F6-5471CD98D712}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2911</Characters>
+  <Pages>6</Pages>
+  <Words>6657</Words>
+  <Characters>3796</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8002</CharactersWithSpaces>
+  <CharactersWithSpaces>10433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mokytoja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>